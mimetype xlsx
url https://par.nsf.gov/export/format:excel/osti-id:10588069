--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10588069</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/2041-210X.70018</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>WildWing: An open‐source, autonomous and affordable UAS for animal behaviour video monitoring</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kline, Jenna; Zhong, Alison; Irizarry, Kevyn; Stewart, Charles V; Stewart, Christopher; Rubenstein, Daniel I; Berger‐Wolf, Tanya</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Methods in Ecology and Evolution</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-210X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;&lt;list&gt;&lt;list-item&gt;&lt;p&gt;Drones have become invaluable tools for studying animal behaviour in the wild, enabling researchers to collect aerial video data of group‐living animals. However, manually piloting drones to track animal groups consistently is challenging due to complex factors such as terrain, vegetation, group spread and movement patterns. The variability in manual piloting can result in unusable data for downstream behavioural analysis, making it difficult to collect standardized datasets for studying collective animal behaviour.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;To address these challenges, we present WildWing, a complete hardware and software open‐source unmanned aerial system (UAS) for autonomously collecting behavioural video data of group‐living animals. The system's main goal is to automate and standardize the collection of high‐quality aerial footage suitable for computer vision‐based behaviour analysis. We provide a novel navigation policy to autonomously track animal groups while maintaining optimal camera angles and distances for behavioural analysis, reducing the inconsistencies inherent in manual piloting.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;The complete WildWing system costs only $650 and incorporates drone hardware with custom software that integrates ecological knowledge into autonomous navigation decisions. The system produces 4 K resolution video at 30 fps while automatically maintaining appropriate distances and angles for behaviour analysis. We validate the system through field deployments tracking groups of Grevy's zebras, giraffes and Przewalski's horses at The Wilds conservation centre, demonstrating its ability to collect usable behavioural data consistently.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;By automating the data collection process, WildWing helps ensure consistent, high‐quality video data suitable for computer vision analysis of animal behaviour. This standardization is crucial for developing robust automated behaviour recognition systems to help researchers study and monitor wildlife populations at scale. The open‐source nature of WildWing makes autonomous behavioural data collection more accessible to researchers, enabling wider application of drone‐based behavioural monitoring in conservation and ecological research.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2118240; 2112606</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Methodis in Ecology and Evolution</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>