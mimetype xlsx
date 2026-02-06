--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10588070</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Utilizing Human Behavior Modeling to Manipulate Explanations in AI-Assisted Decision Making: The Good, the Bad, and the Scary</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Zhuoyan; Yin, Ming</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-10T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent advances in AI models have increased the integration of AI-based decision aids into the human decision making process. To fully unlock the potential of AI-assisted decision making, researchers have computationally modeled how humans incorporate AI recommendations into their final decisions, and utilized these models to improve human-AI team performance. Meanwhile, due to the 
+black-box'' nature of AI models, providing AI explanations to human decision makers to help them rely on AI recommendations more appropriately has become a common practice. In this paper, we explore whether we can quantitatively model how humans integrate both AI recommendations and explanations into their decision process, and whether this quantitative understanding of human behavior from the learned model can be utilized to manipulate AI explanations, thereby nudging individuals towards making targeted decisions. Our extensive human experiments across various tasks demonstrate that human behavior can be easily influenced by these manipulated explanations towards targeted outcomes, regardless of the intent being adversarial or benign. Furthermore, individuals often fail to detect any anomalies in these explanations, despite their decisions being affected by them.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2340209</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Advances in Neural Information Processing Systems 37 (NeurIPS 2024)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>