--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-05-06T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Physics G: Nuclear and Particle Physics</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>050501</t>
   </si>
   <si>
     <t>0954-3899</t>
   </si>
   <si>
     <t>This white paper is the result of a collaboration by many of those that attended a workshop at the facility for rare isotope beams (FRIB), organized by the FRIB Theory Alliance (FRIB-TA), on ‘Theoretical Justifications and Motivations for Early High-Profile FRIB Experiments’. It covers a wide range of topics related to the science that will be explored at FRIB. After a brief introduction, the sections address: section 2: Overview of theoretical methods, section 3: Experimental capabilities, section 4: Structure, section 5: Near-threshold Physics, section 6: Reaction mechanisms, section 7: Nuclear equations of state, section 8: Nuclear astrophysics, section 9: Fundamental symmetries, and section 10: Experimental design and uncertainty quantification.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2339043; 2412808; 2340834; 2111185; 2209318; 2110365; 2209429</t>
+    <t>2339043; 2412808; 2340834; 2111185; 2209318; 2110365; 2209429; 1927130</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IOPscience</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>