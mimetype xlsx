--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-04-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Cosmology and Astroparticle Physics</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>04</t>
   </si>
   <si>
     <t>083</t>
   </si>
   <si>
     <t>1475-7516</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The blue loop stage of intermediate mass stars has been called a “magnifying glass”, where even seemingly small effects in prior stages of evolution, as well as assumptions about stellar composition, rotation, and convection, produce discernible changes. As such, blue loops, and especially the existence and properties of Cepheids, can serve as a laboratory where feebly connected Beyond Standard Model particles such as axions can be gainfully studied. We undertake a careful study of the effects of these putative particles on the blue loop, paying close attention to the evolution of the core potential and the hydrogen profile. Our simulations, performed with&lt;monospace&gt;MESA&lt;/monospace&gt;, place bounds on the axion-photon coupling using the galactic Cepheid S Mus, with dynamically-determined mass of 6&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;, as a benchmark. The effects of varying convective overshoot on the core potential and hydrogen profile, and the ensuing changes in the axion constraints, are carefully studied. Along the way, we explore the “mirror principle” induced by the hydrogen burning shell and contrast our results with those existing in the literature. Less conservative (but more stringent) bounds on the axion-photon coupling are given for a 9&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;model, which is the heaviest that can be simulated if overshoot is incorporated, and tentative projections are given for a 12&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;model, which is approximately the heaviest tail of the mass distribution of galactic Cepheids determined by pulsation models using Gaia DR2. Our main message is that the reliable simulation and observation (ideally, through dynamical mass determination) of massive Cepheids constitutes an important frontier in axion searches, challenges in modeling uncertainties in the microphysics of the blue loop stage notwithstanding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2243731; 2412834</t>
+    <t>2243731; 2412834; 2412671</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IOP Science</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>