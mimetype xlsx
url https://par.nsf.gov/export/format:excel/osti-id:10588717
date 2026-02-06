--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10588717</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/BAMS-D-24-0101.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Arctic</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Druckenmiller, M L; Thoman, R L; Moon, T A; Andreassen, Liss Marie; Ballinger, Thomas J; Berner, Logan T; Bernhard, Germar H; Bhatt, Uma S; Bigalke, Siiri; Bjerke, Jarle W; Box, Jason E; Brettschneider, Brian; Brubaker, Mike; Burgess, David; Butler, Amy H; Christiansen, Hanne H; Decharme, Bertrand; Derksen, Chris; Divine, Dmitry; Drost_Jensen, Caroline; Elias_Chereque, Alesksandra; Epstein, Howard E; Farrell, Sinead; Fausto, Robert S; Fettweis, Xavier; Fioletov, Vitali E; Florentine, Caitlyn; Forbes, Bruce C; Frost, Gerald_V JJ; Gerland, Sebastian; Grooß, Jens-Uwe; Hanna, Edward; Hanssen-Bauer, Inger; Heatta, Máret J; Hendricks, Stefan; Ialongo, Iolanda; Isaksen, Ketil; Jeuring, Jelmer; Jia, Gensuo; Johnsen, Bjørn; Kaleschke, Lars; Kim, Seong-Joong; Kohler, Jack; Labe, Zachary; Lader, Rick; Lakkala, Kaisa; Lara, Mark J; Lee, Simon H; Loomis, Bryant D; Luks, Bartłomiej; Luojus, Kari; Macander, Matthew J; Magnússon, Rúna Í; Mankoff, Ken D; Manney, Gloria; Medley, Brooke; Meier, Walter N; Montesano, Paul M; Mote, Thomas L; Mudryk, Lawrence; Müller, Rolf; Neigh, Christopher_S R; Nyland, Kelsey E; Overland, James E; Pálsson, Finnur; Poinar, Kristin; Perovich, Donald K; Petty, Alek; Phoenix, Gareth K; Ricker, Robert; Romanovsky, Vladimir E; Sass, Louis; Scheller, Johan H; Serreze, Mark C; Shiklomanov, Nikolay I; Smith, Benjamin E; Smith, Sharon L; Streletskiy, Dmitry A; Svendby, Tove; Tedesco, Marco; Thomson, Laura; Thorsteinsson, Thorsteinn; Tian-Kunze, Xiangshan; Timmermans, Mary-Louise; Tømmervik, Hans; Waigl, Christine F; Walker, Donald_Skip A; Walsh, John E; Wang, Muyin; Webster, Melinda; Wehrlé, Adrian; Wolken, Gabriel J; Wouters, Bert; Yang, Dedi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Bulletin of the American Meteorological Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>S277 to S330</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0003-0007</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1950077; 1836377; 2053003</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Meteorological Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>