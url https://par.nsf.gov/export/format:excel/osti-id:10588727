--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10588727</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/adfm.202420853</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Vivid Structural Coloration in Transparent MXene‐Cellulose Nanocrystals Composite Films</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dimitrov, Botyo; Poliukhova, Valeriia; Joo, Claire; Buxton, Madeline; Roslyk, Irina; Gogotsi, Yury; Crossno, Jacob; Page, Kirt A; Koerner, Hilmar; Nepal, Dhriti; McConney, Michael E; Bunning, Timothy J; Tsukruk, Vladimir V</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-23T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Advanced Functional Materials</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1616-301X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We demonstrate shear‐printed layered photonic films with vivid structural coloration from bio‐derived cellulose nanocrystals and highly aligned Ti&lt;sub&gt;3&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;T&lt;italic&gt;&lt;sub&gt;x&lt;/sub&gt;&lt;/italic&gt;MXene nanoflakes. These ultrathin films (700–1500 nm) show high light transmittance above 40% in the visible range. In reflectance mode, however, the films appear vividly colored and iridescent due to the multiple distinct photonic bandgaps in the visible and near‐infrared ranges, which are rarely observed in CNC composites. The structural coloration is controlled by the stacking of MXene nanoscale‐thin layers separated by the thicker cellulose nanocrystals matrix, as confirmed by photonic simulations. The unique combination of distinctly different optical appearances in transmittance and reflectance modes occurs in films printed with just a few layers. This is because of the molecularly smooth interfaces and the high refractive contrast between bio‐based and inorganic phases, which result in a concurrence of constructive and destructive interference. These lamellar biophotonic films open the possibilities for advanced radiative cooling, camouflaging, multifunctional capacitors, and optical filtration applications, while the cellulose nanocrystals matrix strengthens their flexibility, robustness, and facilitates sustainability.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2202907</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Advanced Functional Materials</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>