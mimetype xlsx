--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10588759</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.33232/001c.129962</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Precise and Accurate Mass and Radius Measurements of Fifteen Galactic Red Giants in Detached Eclipsing Binaries</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rowan, Dominick M; Stanek, Krzysztof Z; Kochanek, Christopher S; Thompson, Todd A; Jayasinghe, Tharindu; Blaum, Jacqueline; Fulton, Benjamin J; Ilyin, Ilya; Isaacson, Howard; LeBaron, Natalie; Lu, Jessica R; Martin, David V</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Open Journal of Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2565-6120</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Precise and accurate mass and radius measurements of evolved stars are crucial to calibrating stellar models. Stars in detached eclipsing binaries (EBs) are excellent potential calibrators because their stellar parameters can be measured with fractional uncertainties of a few percent, independent of stellar models. The All-Sky Automated Survey for Supernovae (ASAS-SN) has identified tens of thousands of EBs, &gt;35,000 of which were included in the ASAS-SN eclipsing binaries catalog. Here, we select eight EBs from this sample that contain giants based on their Gaia colors and absolute magnitudes. We use LBT/PEPSI, APF, and CHIRON to obtain multi-epoch spectra of these binaries and measure their radial velocities using two-dimensional cross-correlation methods. We simultaneously fit the ASAS-SN light curves and the radial velocities with PHOEBE to derive accurate and precise masses and radii with fractional uncertainties of&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mo&gt;≲&lt;/mo&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;mi&gt;%&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;. For four systems, we also include Transiting Exoplanet Survey Satellite (TESS) light curves in our PHOEBE models, which significantly improves the radius determinations. In seven of our systems, both components have evolved off of the main sequence, and one system has a giant star component with a main sequence, Sun-like companion. Finally, we compare our mass and radius measurements to single-star evolutionary tracks and distinguish between systems that are first ascent red giant branch stars and those that are likely core helium-burning stars.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2407206; 2307385; 2206744</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Open Journal of Astrophysics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>