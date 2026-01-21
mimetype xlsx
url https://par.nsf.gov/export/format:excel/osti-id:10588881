--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -125,51 +125,51 @@
   <si>
     <t>Biddle, Jennifer F</t>
   </si>
   <si>
     <t>2024-04-17T04:00:00Z</t>
   </si>
   <si>
     <t>Applied and Environmental Microbiology</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>0099-2240</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;sec&gt;&lt;p&gt;Aerobic anoxygenic phototrophic (AAP) bacteria harvest light energy using bacteriochlorophyll-containing reaction centers to supplement their mostly heterotrophic metabolism. While their abundance and growth have been intensively studied in coastal environments, much less is known about their activity in oligotrophic open ocean regions. Therefore, we combined&lt;italic&gt;in situ&lt;/italic&gt;sampling in the North Pacific Subtropical Gyre, north of O'ahu island, Hawaii, with two manipulation experiments. Infra-red epifluorescence microscopy documented that AAP bacteria represented approximately 2% of total bacteria in the euphotic zone with the maximum abundance in the upper 50 m. They conducted active photosynthetic electron transport with maximum rates up to 50 electrons per reaction center per second. The&lt;italic&gt;in situ&lt;/italic&gt;decline of bacteriochlorophyll concentration over the daylight period, an estimate of loss rates due to predation, indicated that the AAP bacteria in the upper 50 m of the water column turned over at rates of 0.75–0.90 d&lt;sup&gt;−1&lt;/sup&gt;. This corresponded well with the specific growth rate determined in dilution experiments where AAP bacteria grew at a rate 1.05 ± 0.09 d&lt;sup&gt;−1&lt;/sup&gt;. An amendment of inorganic nitrogen to obtain N:P = 32 resulted in a more than 10 times increase in AAP abundance over 6 days. The presented data document that AAP bacteria are an active part of the bacterioplankton community in the oligotrophic North Pacific Subtropical Gyre and that their growth was mostly controlled by nitrogen availability and grazing pressure.&lt;/p&gt;&lt;sec&gt;&lt;title&gt;IMPORTANCE&lt;/title&gt;&lt;p&gt;Marine bacteria represent a complex assembly of species with different physiology, metabolism, and substrate preferences. We focus on a specific functional group of marine bacteria called aerobic anoxygenic phototrophs. These photoheterotrophic organisms require organic carbon substrates for growth, but they can also supplement their metabolic needs with light energy captured by bacteriochlorophyll. These bacteria have been intensively studied in coastal regions, but rather less is known about their distribution, growth, and mortality in the oligotrophic open ocean. Therefore, we conducted a suite of measurements in the North Pacific Subtropical Gyre to determine the distribution of these organisms in the water column and their growth and mortality rates. A nutrient amendment experiment showed that aerobic anoxygenic phototrophs were limited by inorganic nitrogen. Despite this, they grew more rapidly than average heterotrophic bacteria, but their growth was balanced by intense grazing pressure.&lt;/p&gt;&lt;/sec&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2241005</t>
+    <t>2241005; 2022597</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>ASM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>