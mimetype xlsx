--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -119,51 +119,51 @@
   <si>
     <t>Zhu, Hengrui; Pretorius, Frans; Ma, Sizheng; Owen, Robert; Chen, Yitian; Deppe, Nils; Kidder, Lawrence E; Okounkova, Maria; Pfeiffer, Harald P; Scheel, Mark A; Stein, Leo C</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2470-0010</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2308615; 2209655; 2207286; 2309211; 2309231; 2407742; 2047382</t>
+    <t>2308615; 2209655; 2207286; 2309211; 2309231; 2407742; 2047382; 2209656</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>APS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>