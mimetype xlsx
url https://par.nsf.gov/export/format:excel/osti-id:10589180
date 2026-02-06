--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10589180</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Spatial Audio Processing with Large Language Model on Wearable Devices</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mishra, Ayushi; Bai, Yang; Narayanasamy, Priyadarshan; Garg, Nakul; Roy, Nirupam</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Integrating spatial context into large language models (LLMs) has the potential to revolutionize human-computer interaction, particularly in wearable devices. In this work, we present a novel system architecture that incorporates spatial speech understanding into LLMs, enabling contextually aware and adaptive applications for wearable technologies. Our approach leverages microstructure-based spatial sensing to extract precise Direction of Arrival (DoA) information using a monaural microphone. To address the lack of existing dataset for microstructure-assisted speech recordings, we synthetically create a dataset called OmniTalk by using the LibriSpeech dataset. This spatial information is fused with linguistic embeddings from OpenAI’s Whisper model, allowing each modality to learn complementary contextual representations. The fused embeddings are aligned with the input space of LLaMA-3.2 3B model and fine-tuned with lightweight adaptation technique LoRA to optimize for on-device processing.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2238433</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Conference on Machine Learning (ICML)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Vancouver, Canada</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>