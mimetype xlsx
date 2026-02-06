--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10589198</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1021/acs.langmuir.4c01902</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Characterization of Surface Patterning on Polymer-Grafted Nanocubes Using Atomic Force Microscopy and Force Volume Mapping</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shipley, Wade; Wang, Yufei; Chien, Joelle; Wang, Bin; Tao, Andrea R</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Langmuir</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>20464 to 20473</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0743-7463</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Atomic force microscopy (AFM), in particular force spectroscopy, is a powerful tool for understanding the supramolecular structures associated with polymers grafted to surfaces, especially in regimes of low polymer density where different morphological structures are expected. In this study, we utilize force volume mapping to characterize the nanoscale surfaces of Ag nanocubes (AgNCs) grafted with a monolayer of polyethylene glycol (PEG) chains. Spatially resolved force−distance curves taken for a single AgNC were used to map surface properties, such as adhesion energy and deformation. We confirm the presence of surface octopus micelles that are localized on the corners of the AgNC, using force curves to resolve structural differences between the micelle “bodies” and “legs”. Furthermore, we observe unique features of this system including a polymer corona stemming from AgNC−substrate interactions and polymer bridging stemming from particle−particle interactions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2011924</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>