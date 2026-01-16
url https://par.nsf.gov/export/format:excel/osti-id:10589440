--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -119,51 +119,51 @@
   <si>
     <t>Kuchera, A N; Hoffman, C R; Ryan, G; D’Amato, I B; Guarinello, O M; Kielb, P S; Aggarwal, R; Ajayi, S; Conley, A L; Conroy, I; Cottle, P D; Esparza, J C; Genty, S; Hanselman, K; Heinze, M; Houlihan, D; Kelly, B; Khawaja, M I; Lopez-Saavedra, E; McCann, G W; Morelock, A B; Riley, L A; Sandrik, A; Sitaraman, V; Spieker, M; Temanson, E; Wibisono, C; Wiedenhöver, I</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-09-01T04:00:00Z</t>
   </si>
   <si>
     <t>The European Physical Journal A</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>1434-601X</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2412808</t>
+    <t>2412808; 2012522</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>