--- v0 (2025-10-31)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,53 +105,50 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10589467</t>
   </si>
   <si>
     <t>https://doi.org/10.1016/b978-0-323-99762-1.00010-3</t>
   </si>
   <si>
     <t>Applications of radiogenic and transition metal isotopes to the study of metallic mineral deposits</t>
   </si>
   <si>
     <t>Chiaradia, Massimo; Mathur, Ryan; Vennemann, Torsten; Simon, Adam</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>949 to 1018</t>
-  </si>
-[...1 lines deleted...]
-    <t>9780323997638</t>
   </si>
   <si>
     <t>This chapter discusses how radiogenic and stable isotopes can be used in the study of metallic mineral deposits. Although the
 chapter is mostly focused on the radiogenic (Pb, Os) and heavy stable (Fe, Cu, Zn) isotopes of metallic elements, we
 complement the discussion highlighting also the power of stable isotopes of light elements, which are major to significant
 components of hydrothermal fluids and rocks (e.g., H, B, C, N, O, S), as well as of radiogenic isotopes of elements
 (Sr, Nd, Hf ) that are useful in tracing fluid/magma sources and their interaction with the host rocks.
 In the first part of this chapter we discuss general aspects of isotopes clarifying the differences between stable
 non-radiogenic and stable radiogenic isotopes and, consequently, their different applicability to metallogenic studies. Due
 to their properties, stable non-radiogenic isotopes record mass-dependent fractionation that occur in many reactions
 associated with the formation of mineral deposits. Mass-dependent fractionation of stable non-radiogenic isotopes occurs
 both under equilibrium and non-equilibrium (kinetic) conditions of the reactions leading to ore mineral deposition and is
 controlled by various physico-chemical parameters, like, among the principal ones, temperature, oxygen fugacity, and
 biological activity. Therefore, stable non-radiogenic isotopes can inform us about the physico-chemical and, eventually,
 biological processes that control ore mineral deposition and also on the sources of some metals (e.g., transition metal
 isotopes of elements like Fe, Cu, Zn) or of the fluids (e.g., H, C, O, N, S isotopes) and even of metal ligands (e.g., S, Cl).
 We conclude the first part of the chapter providing some hints on the strategy of sampling and on the instrumentation related
 to isotopic studies.
 In the second part we discuss radioactive-radiogenic isotope systems and their applications in metallogenic studies of
 metallic mineral deposits. Stable radiogenic isotopes are characterized by relative variations that are controlled, in each
 geological system, by the addition of a radiogenic component of an isotope, derived from the decay of a radioactive parent, to
 the same radiogenic isotope already present in the Earth since its formation  4.55 Gyr ago. This relative variation is usually
 expressed as the ratio of a radiogenic isotope of an element to a non-radiogenic isotope of the same element. The ratio of
 these two isotopes has increased since the Earth formation and the magnitude of its variations depends on the radioactive/
 radiogenic isotope ratios in different geological systems and on the time elapsed since the system has formed. The Earth is
@@ -170,51 +167,51 @@
 demonstrably related with the mineralization (e.g., UdPb dating of zircon from magmatic rocks associated with
 magmatic-hydrothermal deposits; Ar/Ar dating of K-bearing minerals resulting from alteration associated with various
 types of mineral deposits). We discuss pros and cons of using these various methods and also mention methods that are
 less used (because potentially less accurate and precise), but sometimes represent the only possibility to provide an age to
 deposit types that are notoriously difficult to date (e.g., MVT and Carlin-type deposits).
 We highlight the power of both stable radiogenic and non-radiogenic isotopes in unravelling the genesis of metallic
 mineral deposits through a series of conceptual and real examples applied to a broad range of mineral deposit types such as
 porphyry systems (i.e., porphyry deposits, high- and intermediate-sulfidation epithermal deposits, skarn, carbonate replacement
 deposits, sediment-hosted Au deposits), low-sulfidation epithermal deposits, IOCG deposits, ortho-magmatic
 deposits, volcanic-hosted massive sulfide deposits (VHMS), sediment-hosted deposits (stratiform copper, MVT), and supergene
 deposits.
 In the third part of the chapter, we discuss the use of transition metal stable non-radiogenic isotopes to mineral deposits.
 Although in its infancy, the application of transition metal isotopes to mineral deposit investigation is quickly growing
 because these isotopes allow us to address different aspects of the formation of mineral deposits compared to radiogenic
 isotopes. In particular, isotopes of transition metals (like stable isotopes of light elements) undergo mass-dependent
 fractionation processes that may be associated with different types of equilibrium and non-equilibrium chemical, physical
 and biological reactions occurring during the formation of mineral deposits. We focus on the applications of the isotopes of
 Cu, Fe and Zn to various deposit types, because isotopes of these transition metals are those that have been most extensively
 used in mineral deposit studies. Mass-independent fractionation may also occur for isotopes of some elements and could be a
 developing field that has not yet been extensively explored in the study of mineral deposits.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2233425</t>
+    <t>2233425; 2214119</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Book Chapter</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -348,77 +345,75 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="L2" s="0"/>
-      <c r="M2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="N2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>