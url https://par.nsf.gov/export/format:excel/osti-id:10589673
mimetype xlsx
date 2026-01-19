--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Experimental Zoology Part A: Ecological and Integrative Physiology</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>1084 to 1096</t>
   </si>
   <si>
     <t>2471-5638</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;Interactions between sleep and feeding behaviors are critical for adaptive fitness. Diverse species suppress sleep when food is scarce to increase the time spent foraging. Postprandial sleep, an increase in sleep time following a feeding event, has been documented in vertebrate and invertebrate animals. While interactions between sleep and feeding appear to be highly conserved, the evolution of postprandial sleep in response to changes in food availability remains poorly understood. Multiple populations of the Mexican cavefish,&lt;italic&gt;Astyanax mexicanus&lt;/italic&gt;, have independently evolved sleep loss and increased food consumption compared to surface‐dwelling fish of the same species, providing the opportunity to investigate the evolution of interactions between sleep and feeding. Here, we investigate the effects of feeding on sleep in larval and adult surface fish, and in two parallelly evolved cave populations of&lt;italic&gt;A. mexicanus&lt;/italic&gt;. Larval surface and cave populations of&lt;italic&gt;A. mexicanus&lt;/italic&gt;increase sleep immediately following a meal, providing the first evidence of postprandial sleep in a fish model. The amount of sleep was not correlated to meal size and occurred independently of feeding time. In contrast to larvae, postprandial sleep was not detected in adult surface or cavefish, which can survive for months without food. Together, these findings reveal that postprandial sleep is present in multiple short‐sleeping populations of cavefish, suggesting sleep‐feeding interactions are retained despite the evolution of sleep loss. These findings raise the possibility that postprandial sleep is critical for energy conservation and survival in larvae that are highly sensitive to food deprivation.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2202359</t>
+    <t>2202359; 1933076</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>