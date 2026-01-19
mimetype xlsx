--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-11-01T04:00:00Z</t>
   </si>
   <si>
     <t>Physical Review Research</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2643-1564</t>
   </si>
   <si>
     <t>&lt;p&gt;In this paper, we investigate a design approach of reinforcement learning to engineer a gyroscope in an optical lattice for the inertial sensing of rotations. Our methodology is not based on traditional atom interferometry, that is, splitting, reflecting, and recombining wavefunction components. Instead, the learning agent is assigned the task of generating lattice shaking sequences that optimize the sensitivity of the gyroscope to rotational signals in an end-to-end design philosophy. What results is an interference device that is completely distinct from the familiar Mach-Zehnder-type interferometer. For the same total interrogation time, the end-to-end design leads to a twentyfold improvement in sensitivity over traditional Bragg interferometry.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2024&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2016244</t>
+    <t>2016244; 2207963</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>