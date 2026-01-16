--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-03-01T05:00:00Z</t>
   </si>
   <si>
     <t>Ecology</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>0012-9658</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Greater tree diversity often increases forest productivity by increasing the fraction of light captured and the effectiveness of light use at the community scale. However, light may shape forest function not only as a source of energy or a cause of stress but also as a context cue: Plant photoreceptors can detect specific wavelengths of light, and plants use this information to assess their neighborhoods and adjust their patterns of growth and allocation. These cues have been well documented in laboratory studies, but little studied in diverse forests. Here, we examined how the spectral profile of light (350–2200 nm) transmitted through canopies differs among tree communities within three diversity experiments on two continents (200 plots each planted with one to 12 tree species, amounting to roughly 10,000 trees in total), laying the groundwork for expectations about how diversity in forests may shape light quality with consequences for forest function. We hypothesized—and found—that the species composition and diversity of tree canopies influenced transmittance in predictable ways. Canopy transmittance—in total and in spectral regions with known biological importance—principally declined with increasing leaf area per ground area (LAI) and, in turn, LAI was influenced by the species composition and diversity of communities. For a given LAI, broadleaved angiosperm canopies tended to transmit less light with lower red‐to‐far‐red ratios than canopies of needle‐leaved gymnosperms or angiosperm‐gymnosperm mixtures. Variation among communities in the transmittance of individual leaves had a minor effect on canopy transmittance in the visible portion of the spectrum but contributed beyond this range along with differences in foliage arrangement. Transmittance through mixed species canopies often deviated from expectations based on monocultures, and this was only partly explained by diversity effects on LAI, suggesting that diversity effects on transmittance also arose through shifts in the arrangement and optical properties of foliage. We posit that differences in the spectral profile of light transmitted through diverse canopies serve as a pathway by which tree diversity affects some forest ecosystem functions.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2021898</t>
+    <t>2021898; 1831944</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>