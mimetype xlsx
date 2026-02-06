--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10589978</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1063/5.0258288</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Thermal performance of materials for heat-assisted magnetic recording</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Xu, Xiaotian; Zhang, Chi; Guo, Silu; Seaton, Nicholas_C A; Mkhoyan, K Andre; Roth, Joseph; Gong, Jie; Zheng, Xuan; Zuckerman, Neil; Wang, Xiaojia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Applied Physics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>137</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0021-8979</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;To increase the storage capacity of hard disk drives, Heat-Assisted Magnetic Recording (HAMR) takes advantage of laser heating to temporarily reduce the coercivity of recording media, enabling the writing of very small data bits on materials with high thermal stability. One key challenge in implementing HAMR is effective thermal management, which requires reliable determination of the thermal properties of HAMR materials over their range of operating temperature. This work reports the thermal properties of dielectric (amorphous silica, amorphous alumina, and AlN), metallic (gold and copper), and magnetic alloy (NiFe and CoFe) thin films used in HAMR heads from room temperature to 500 K measured with time-domain thermoreflectance. Our results show that the thermal conductivities of amorphous silica and alumina films increase with temperature, following the typical trends for amorphous materials. The polycrystalline AlN film exhibits weak thermal anisotropy, and its in-plane and through-plane thermal conductivities decrease with temperature. The measured thermal conductivities of AlN are significantly lower than that which would be present in single-crystal bulk material, and this is attributed to enhanced phonon-boundary scattering and phonon-defect scattering. The gold, copper, NiFe, and CoFe films show little temperature dependence in their thermal conductivities over the same temperature range. The measured thermal conductivities of gold and copper films are explained by the diffuse electron-boundary scattering using an empirical model.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2011401; 2226579</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>J. Appl. Phys.</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>