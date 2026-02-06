--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10589994</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Robotics, Personalized Learning, Virtual Reality, Augmented Reality, Diversity, and Inclusion</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bogosian, B; Peterson, E; Vassigh, S</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This project addresses the urgent need for inclusive and scalable robotics training in architecture, engineering, and construction (AEC) through the integration of artificial intelligence (AI) and extended reality (XR) technologies. In collaboration with three Minority Serving Institutions (Florida International University, Arizona State University, and University of Hawai‘i at Mānoa), we developed and tested immersive, adaptive learning environments that personalize robotics education for diverse student populations. These efforts include a VR-based curriculum for industrial robotics, an AR curriculum for environmental sensing technologies, and an overarching Robotics Academy framework that promotes open knowledge exchange and workforce connectivity. By combining real-time performance analytics, natural language processing, and biometric inputs, our systems support individualized learning paths and help mitigate algorithmic bias. This research advances equitable access to robotics education and provides a replicable model for technology-driven workforce development in the AEC sector. Ongoing evaluation demonstrates improved learner engagement, accessibility, and cross-platform skill transferability.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2315647</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AMPS  Architecture, media, politics, society proceedings series</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Los Angeles</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>