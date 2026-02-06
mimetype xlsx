--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10590009</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Enhancing Educational Landscapes: Harnessing AI for Immersive and Adaptive Learning Environments."</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Vassigh, S</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Personalized learning, which customizes content and instructional sequences to account for differences in ability, experience, and sociocultural backgrounds, holds great promise for transforming education. This transformation is increasingly driven by significant advancements in Artificial Intelligence (AI). AI enables detailed analysis and reporting of learners' performance data, paving the way for the development of intelligent adaptive learning systems that offer personalized feedback aligned with each learner’s unique needs and progress.
+In parallel, immersive technologies are playing a pivotal role in enhancing educational experiences. Technologies such as Virtual Reality (VR) and Augmented Reality (AR) create engaging, interactive environments that deepen learners' understanding and retention of complex concepts. Dr. Vassigh's presentation explores the integration of AI and VR in education, illustrated through a case study from an ongoing project. The talk will highlight the refinement of learning processes through these technologies and demonstrate how they can impact learner engagement and performance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2315647</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Service</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>University of Arkansas</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>