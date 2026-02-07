--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10590296</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.scico.2024.103259</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An empirical study of code clones: Density, entropy, and patterns</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hu, Bin; Yu, Dongjin; Wu, Yijian; Hu, Tianyi; Cai, Yuanfang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science of Computer Programming</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>242</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>103259</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0167-6423</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In recent years, there has been a growing consensus among researchers regarding the dual nature of code clones. While some instances of code are valuable for reuse or extraction as components, the utilization of specific code segments can pose significant maintenance challenges for developers. Consequently, the judicious management of code clones has emerged as a pivotal solution to address these issues. Nevertheless, it remains critical to ascertain the number of code clones within a project, and identify components where code clones are more concentrated. In this paper, we introduce three novel metrics, namely Clone Distribution, Clone Density, and Clone Entropy (the dispersion of code clone within a project), for the quantification and characterization of code clones. We have formulated associated mathematical expressions to precisely represent these code clone metrics. We collected a dataset covering three different domains of Java projects, formulated research questions for the proposed three metrics, conducted a large-scale empirical study, and provided detailed numerical statistics. Furthermore, we have introduced a novel clone visualization approach, which effectively portrays Clone Distribution and Clone Density. Developers can leverage this approach to efficiently identify target clones. By reviewing clone code concerning its distribution, we have identified nine distinct code clone patterns and summarized specific clone management strategies that have the potential to enhance the efficiency of clone management practices. Our experiments demonstrate that the proposed code clone metrics provide valuable insights into the nature of code clones, and the visualization approach assists developers in inspecting and summarizing clone code patterns.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2236824; 2232720; 2213764</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ScienceDirect</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>