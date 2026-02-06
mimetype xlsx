--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10590633</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1371/journal.pbio.3003093</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Soil biodiversity and function under global change</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Delgado-Baquerizo, Manuel; Eldridge, David J; Liu, Yu-Rong; Liu, Zhong-Wen; Coleine, Claudia; Trivedi, Pankaj</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PLOS Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>e3003093</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1545-7885</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Soil organisms represent the most abundant and diverse organisms on the planet and support almost every ecosystem function we know, and thus impact our daily lives. Some of these impacts have been well-documented, such as the role of soil organisms in regulating soil fertility and carbon sequestration; processes that have direct implications for essential ecosystem services including food security and climate change mitigation. Moreover, soil biodiversity also plays a critical role in supporting other aspects from One Health—the combined health of humans, animals, and the environment—to the conservation of historic structures such as monuments. Unfortunately, soil biodiversity is also highly vulnerable to a growing number of stressors associated with global environmental change. Understanding how and when soil biodiversity supports these functions, and how it will adapt to changing environmental conditions, is crucial for conserving soils and maintaining soil processes for future generations. In this Essay, we discuss the fundamental importance of soil biodiversity for supporting multiple ecosystem services and One Health, and further highlight essential knowledge gaps that need to be addressed to conserve soil biodiversity for the next generations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2021898; 2120117</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>