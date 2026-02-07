--- v0 (2025-10-31)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10591400</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3724408</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GreenThrift: Optimizing Carbon and Cost for Flexible Residential Loads</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bovornkeeratiroj, Phuthipong; Hanafy, Walid A; Irwin, David; Shenoy, Prashant</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Journal on Computing and Sustainable Societies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 21</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2834-5533</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Reducing buildings’ carbon emissions is an important sustainability challenge. While scheduling flexible building loads has been previously used for a variety of grid and energy optimizations, carbon footprint reduction using such flexible loads poses new challenges since such methods need to balance both energy and carbon costs while also reducing user inconvenience from delaying such loads. This article highlights the potential conflict between electricity prices and carbon emissions and the resulting tradeoffs in carbon-aware and cost-aware load scheduling. To address this tradeoff, we propose GreenThrift, a home automation system that leverages the scheduling capabilities of smart appliances and knowledge of future carbon intensity and cost to reduce both the carbon emissions and costs of flexible energy loads. At the heart of GreenThrift is an optimization technique that automatically computes schedules based on user configurations and preferences. We evaluate the effectiveness of GreenThrift using real-world carbon intensity data, electricity prices, and load traces from multiple locations and across different scenarios and objectives. Our results show that GreenThrift can replicate the offline optimal and retains 97% of the savings when optimizing the carbon emissions. Moreover, we show how GreenThrift can balance the conflict between carbon and cost and retain 95.3% and 85.5% of the potential carbon and cost savings, respectively.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2325956; 2213636</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>