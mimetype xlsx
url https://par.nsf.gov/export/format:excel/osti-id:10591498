--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -110,63 +110,60 @@
   <si>
     <t>10591498</t>
   </si>
   <si>
     <t>https://doi.org/10.5281/zenodo.8087733</t>
   </si>
   <si>
     <t>Cosmic Explorer MPSAC Dataset</t>
   </si>
   <si>
     <t>Gupta, Ish</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>This dataset contains the compact binary populations that were used in the Cosmic Explorer MPSAC White paper&lt;sup&gt;1&lt;/sup&gt; (submitted to the NSF MPSAC ngGW Subcommittee) and the accompanying technical paper&lt;sup&gt;2&lt;/sup&gt;. &lt;strong&gt;Contents:&lt;/strong&gt; 1. 1-year populations for binary black hole (BBH), binary neutron star (BNS), neutron star-black hole (NSBH), intermediate mass binary black hole (IMBBH), Population III (Pop 3) binary black holes and primordial black hole (PBH) mergers. It also contains the SNRs and measurement errors on intrinsic and extrinsic parameters calculated using gwbench&lt;sup&gt;3&lt;/sup&gt;. 2. 1/4-year sub-population of BNS mergers for which errors on tidal parameters were calculated. 3. An ipython notebook (instructions.ipynb) that shows how the data can be used. &lt;strong&gt;References:&lt;/strong&gt; 1. Evans, Matthew &lt;em&gt;et al.&lt;/em&gt; Cosmic Explorer: A Submission to the NSF MPSAC ngGW Subcommittee (2023). arXiv: 2306.13745 [gr-qc]. 2. Gupta, Ish &lt;em&gt;et al. &lt;/em&gt;Characterizing Gravitational Wave Detector Networks: From A&lt;sup&gt;#&lt;/sup&gt; to Cosmic Explorer (2023). &lt;em&gt;In preparation.&lt;/em&gt; 3. Borhanian, Ssohrab. GWBENCH: a novel Fisher information package for gravitational-wave benchmarking. Class. Quant. Grav. 38, 175014 (2021). arXiv: 2010.15202 [gr-qc].</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2309064</t>
+    <t>2309064; 2207638</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>Zenodo</t>
-  </si>
-[...1 lines deleted...]
-    <t>Creative Commons Attribution 4.0 International; Open Access</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -319,47 +316,45 @@
         <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="X2" s="0"/>
-      <c r="Y2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>