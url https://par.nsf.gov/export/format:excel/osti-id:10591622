--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -135,51 +135,51 @@
     <t>C</t>
   </si>
   <si>
     <t>113479</t>
   </si>
   <si>
     <t>0264-1275</t>
   </si>
   <si>
     <t>This paper aims to advance the field of additive manufacturing by producing multimaterial objects with intricate
 topological features and polylithic material distribution through an integrated approach. First, we develop a
 Single-Nozzle Multi-Filament (SNMF) system equipped with active mixing to blend multiple filaments and deposit
 a programmable mixture. The system can also deposit gradient transitions between different materials
 within a single print. Second, we establish a numerical model to represent the material transitional behavior and
 validated it with experiments. The model enables the precise control of the material transitional interface to
 ensure high material fidelity. Third, we propose three strategies for designing and modeling multimaterial objects
 catering to different application scenarios, including image sampling, 2D discrete patches, and 3D surface
 division. The system’s capabilities were validated through six case studies designed and fabricated through the
 above approaches for distinct application scenarios, demonstrating the successful materialization of complex
 designs with multiple functionalities.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1944691</t>
+    <t>1944691; 2037097</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>