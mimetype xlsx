--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10591764</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s12237-025-01484-6</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Quantifying the Relative Importance of Sand Deposition and Dune Grasses to Carbon Storage in US Central Atlantic Coast Dunes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jay, Katya R; Hacker, Sally D; Hagen, Cedric J; Stepanek, John; Moore, Laura J; Ruggiero, Peter</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Estuaries and Coasts</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1559-2723</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Coastal ecosystems such as mangroves, salt marshes, and seagrasses sequester large amounts of carbon per unit area due to their high productivity and sediment accumulation rates. However, only a handful of studies have examined carbon sequestration in coastal dunes, which are shaped by biophysical feedback between aeolian sediment transport and burial-tolerant vegetation. The goal of this study was to measure carbon storage and identify the factors that influence its variability along the foredunes of the US Outer Banks barrier islands of North Carolina. Specifically, differences in carbon stocks (above- and belowground biomass and sand), dune grass abundance, and sand supply were measured among islands, cross-shore dune profile locations, and dune grass species. Carbon varied among aboveground grass biomass (0.1 ± 0.1 kg C m&lt;sup&gt;−2&lt;/sup&gt;), belowground grass biomass (1.1 ± 1.6 kg C m&lt;sup&gt;−3&lt;/sup&gt;), and sand (0.9 ± 0.6 kg C m&lt;sup&gt;−3&lt;/sup&gt;), with the largest amount in belowground grass stocks. Aboveground grass carbon stocks were comparable to those in eelgrass beds and salt marshes on a per-area basis, while sediment carbon values in our study system were lower than those in other coastal systems, including other dune locations. Additionally, sand carbon density was positively related to patterns in dune sand supply and grass abundance, reflecting a self-reinforcing vegetation-sediment feedback at both high and low sand accumulation rates.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2153040</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>