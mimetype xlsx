--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -107,51 +107,51 @@
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10591772</t>
   </si>
   <si>
     <t>https://doi.org/10.5065/4gaq-xe30</t>
   </si>
   <si>
     <t>Single-point CLM simulations at Niwot Ridge, CO with anomaly forcing</t>
   </si>
   <si>
     <t>Jay, Katya; Wieder, William R</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2153040</t>
+    <t>2153040; 2224439</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>UCAR/NCAR - GDEX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>