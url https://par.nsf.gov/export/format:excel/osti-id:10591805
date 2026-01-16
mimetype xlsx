--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>Global Ecology and Biogeography</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1466-822X</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;sec&gt;&lt;title&gt;Motivation&lt;/title&gt;&lt;p&gt;Here, we make available a second version of the BioTIME database, which compiles records of abundance estimates for species in sample events of ecological assemblages through time. The updated version expands version 1.0 of the database by doubling the number of studies and includes substantial additional curation to the taxonomic accuracy of the records, as well as the metadata. Moreover, we now provide an R package (BioTIMEr) to facilitate use of the database.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Main Types of Variables Included&lt;/title&gt;&lt;p&gt;The database is composed of one main data table containing the abundance records and 11 metadata tables. The data are organised in a hierarchy of scales where 11,989,233 records are nested in 1,603,067 sample events, from 553,253 sampling locations, which are nested in 708 studies. A study is defined as a sampling methodology applied to an assemblage for a minimum of 2 years.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Spatial Location and Grain&lt;/title&gt;&lt;p&gt;Sampling locations in BioTIME are distributed across the planet, including marine, terrestrial and freshwater realms. Spatial grain size and extent vary across studies depending on sampling methodology. We recommend gridding of sampling locations into areas of consistent size.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Time Period and Grain&lt;/title&gt;&lt;p&gt;The earliest time series in BioTIME start in 1874, and the most recent records are from 2023. Temporal grain and duration vary across studies. We recommend doing sample‐level rarefaction to ensure consistent sampling effort through time before calculating any diversity metric.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Major Taxa and Level of Measurement&lt;/title&gt;&lt;p&gt;The database includes any eukaryotic taxa, with a combined total of 56,400 taxa.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Software Format&lt;/title&gt;&lt;p&gt;csv and. SQL.&lt;/p&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2224354; 1836839; 2425417; 2025849; 2025755</t>
+    <t>2224354; 1836839; 2425417; 2025849; 2025755; 1902595; 1831937; 2430620; 2019470; 2410710</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>