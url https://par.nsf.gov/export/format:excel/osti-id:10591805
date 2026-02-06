--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10591805</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/geb.70003</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>BioTIME 2.0: Expanding and Improving a Database of Biodiversity Time Series</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dornelas, Maria; Antão, Laura H; Bates, Amanda E; Brambilla, Viviana; Chase, Jonathan M; Chow, Cher_F Y; Fontrodona‐Eslava, Ada; Magurran, Anne E; Martins, Inês S; Moyes, Faye; Sagouis, Alban; Adu‐Acheampong, Samuel; Acquah‐Lamptey, Daniel; Adam, Dušan; Ajani, Penelope A; Albaina, Aitor; Almaraz, Pablo; An, Jeongseop; Anderson, Roger Sigismund; Anderson, Madelaine_Jean Robertson; Antunes, Alexsander Z; Arismendi, Ivan; Armbrecht, Linda; Aros‐Mardones, Pedro; Ashtamoorthy, Sreejith Kalpuzha; Ayyappan, Narayanan; Badihi, Gal; Bailey, Joseph J; Baird, Andrew H; Baird, Mark Edward; Balakrishnan, Sreekumar Vadakkethil; Barão‐Nóbrega, José_António L; Barash, Adi; Barbosa, Miguel; Barlow, Jos; Bässler, Claus; Beaumont, Matthieu; Beenaerts, Natalie; Begot, Tiago Octavio; Beiroz, Wallace; Beldade, Ricardo; Bell, David M; Bellgrove, Alecia; Belmaker, Jonathan; Benedetti‐Cecchi, Lisandro; Benkwitt, Cassandra E; Berkum, Pamela Medina‐van; Bestelmeyer, Brandon T; Betts, Matthew G; Billah, Maxwell Kelvin; Bjorkman, Anne D; Błażewicz, Magdalena; Bloch, Christopher P; Blowes, Shane A; Bode, Antonio; Bogoni, Juliano A; Bolger, Thomas; Bonebrake, Timothy C; Bonsdorff, Erik; Bottarin, Roberta; Brokensha, Luke N; Brooker, Rob W; Brooks, Andrew J; Bruelheide, Helge; Bueno, Thiago Almeida; Laguionie, Claire; Campagnoli, Mariana Lopes; Cant, James; Caramaschi, Erica Pellegrini; Caron, Alexandre; Carroll, Tadhg; Caruso, Tancredi; Carvajal‐Quintero, Juan; Castaldelli, Giuseppe; Castañeda‐Moya, Edward; Castilho, Pedro V; Cechin, Sonia Zanini; Chaikin, Shahar; Chandrashekara, Uchangi Manjunatha; Chase, Tory J; Chen, Chaolun Allen; Cherem, Jorge José; Choi, Sei‐Woong; Christensen, Erica M; Christianini, Alexander V; Chu, Jackson_Wing Four; Coad, Peter; Van_Colen, Carl; Comte, Lise; Cooper, Elisabeth J; Cornelissen, J_Hans C; Cosson, Eddy; Cotano, Unai; Crevecoeur, Luc; Crow, Shannan Kyle; Cumming, Graeme S; Daga, Vanessa S; Damasceno, Gabriella; Daskalova, Gergana N; Davies, Claire H; Davis, Robert A; Day, Frank P; De‐La‐Zerda, Sussy; Deacon, Amy Elizabeth; de_Castro‐Arrazola, Indradatta; Degraer, Steven; Deonarinesingh, Kharran; Diaz‐Ricaurte, Juan C; Dickman, Christopher R; Dirilgen, Tara; Dolan, Ciaran John; Duffy, J Emmett; Dunn, Timothy E; Durigan, Giselda; Dwyer, Ciara; Earl, Stevan; Edelist, Dor; Edgar, Graham John; Edmondson, Sally; Elgin, Ashley K; Ellingsen, Kari Elsa; Elmendorf, Sarah C; Eriksen, Ruth S; Ernest, S_K Morgan; Escribano, Ruben; Eterovick, Paula Cabral; Evans, Brian S; Everett, Jason D; Evtimova, Vesela; Exton, Dan A; Fairbairn, Andrew J; Fantacini, Felipe Moreli; Farah, Fabiano Turini; Farneda, Fábio Zanella; Favila, Mario E; Fernandez‐Fournier, Philippe; Fernández‐Zapata, Braulio; Ferreira, Diogo F; Ferronato, Carola; du_Feu, Christopher R; Fidelis, Alessandra; Fifield, David A; Filho, Vilmar Picinatto; Filho, Walter Mesquita; Fitt, Robert_N L; Flechtmann, Carlos_A H; Fraser, William R; Fraser, Donna L; Freixas, Lídia; Fryxell, John; Fundakowski, Garrett J; Gabara, Scott Stanley; Gallois, Elise; Criado, Mariana García; García‐Berthou, Emili; Garrabou, Joaquim; Gates, Andrew R; Gatti, Roberto Cazzolla; Gavioli, Anna; Gavriel, Tal; Gendreau‐Berthiaume, Benoit; Giam, Xingli; Gjerdrum, Carina; Glemnitz, Michael; Godbold, Jasmin Annica; Gómez‐Gras, Daniel; Gonçalves, Rodrigo Barbosa; Goold, Andy; Gordon, Richard R; Goren, Menachem; Goulart, Fernando_Vilas Boas; Gould, William A; Grabowski, Meagan M; Graham, Nicholas_A J; Graipel, Maurício Eduardo; Grange, Laura J; Greenville, Aaron C; Grossman, Gary D; Guinder, Valeria A; Haase, Peter; Haskins, Gary N; Havstad, Kris; Hermanutz, Luise; Hickford, Michael_Julian Hames; Hidalgo, Pamela; Higuchi, Pedro; Hoey, Andrew S; Van_Hoey, Gert; Hofgaard, Annika; Holeck, Kristen T; Hollister, Robert D; Holmes, Richard T; Hoogenboom, Mia Odell; Hortal, Joaquín; Horton, Tammy; Hsieh, Chih‐hao; Huffard, Christine L; Huikkonen, Ida‐Maria; Hurlbert, Allen H; Hynes, Julian; Irz, Pascal; Macedo_Ivanauskas, Natalia; Iwayama, Akemi; James, Darren K; Jandt, Ute; Jażdżewska, Anna M; Jocque, Merlijn; Johnston, Sophie T; Jones, Samuel_E I; Jones, Faith_A M; Jones, Julia A; Jucevica, Edite; Kagainis, Ugis; Kagami, Maiko; Kang, Jungwon; Ke, Xuejia; Keeley, Erin Colleen; Kinnear, Rebecca; Klanderud, Kari; Klinck, Uwe; van_Klink, Roel; Klotz, Stefan; Knockaert, Carolien; Knutsen, Halvor; Koivula, Matti; Kortz, Alessandra; Kriegel, Peter; Kuo, Chao‐Yang; Kushner, David J; Kyerematen, Rosina; Lagarde, Raphaël; Lancaster, Lesley T; Landau, Ori Frid; Van_Landuyt, Wouter; Larson, Eric R; Lazarus, Mai; Lee, Cheol Min; Lefcheck, Jonathan S; Lembrechts, Jonas J; Ferreira_de_Lima, Renato A; Lima, Romullo Guimarães; Lima, Nathália_G S; Linares, Cristina; Lindstrom, Sandra C; Lloret, Francisco; Lloyd, John David; Lobato, Cleonice_Maria Cardoso; Lodge, David M; Long, Peter Richard; López‐Abbate, Celeste; López‐Baucells, Adrià; Louzada, Julio; Louzao, Maite; Lugliè, Antonella; Luiz, Micheli Ribeiro; Macdonald, S Ellen; Madin, Joshua S; Magalhães, André_Lincoln Barroso; Mahabir, Rajindra; Maphisa, David; Martin, Thomas Edward; Martins, Marcio; Martone, Patrick T; Matesanz, Silvia; Matsuzaki, Shin‐ichiro S; Matthews, Thomas J; Matthews, Iain McCombe; Maxwell, Connie J; McFarland, Kent P; McGill, Brian J; McKnight, Diane Marie; McWilliam, Michael J; Meador, Jason; Meesenburg, Henning; Meier, Kristin; Melecis, Viesturs; Meserve, Peter L; Meyer, Christoph_F J; Michelsen, Anders; Miiller, Natali_Oliva Roman; Milardi, Marco; Milchakova, Nataliya; Miller, Robert J; Millett, Jonathan; Moens, Tom; Montag, Luciano_F A; Moore, Jon; Müller, Jörg; Murali, Akhil; Murray, Shauna Ann; Myers‐Smith, Isla H; Myster, Randall W; Nakamura, Masahiro; Nayar, Sasi; Neat, Francis; Nelson, James A; Nelson, Michael Paul; Nikolov, Boris P; Nouioua, Rym; Nsor, Collins Ayine; O'Connor, Michael; Obodai, Edward Adzesiwor; Offland, Amy Marie; Ogaya, Romà; Ogura, Hisako; Okey, Thomas A; Olden, Julian D; Oliveira‐Santos, Luiz_Gustavo Rodrigues; Oliver, Jeffrey C; Olsen, Esben Moland; Onipchenko, Vladimir G; Oro, Daniel; Ozolins, Davis; Pabis, Krzysztof; Padedda, Bachisio Mario; Palacio, Facundo X; Paquette, Alain; Pardede, Sinta Trilestari; Paterson, David M; Pausina, Sarah; Pélissier, Raphaël; Pennings, Steven C; Penuelas, Josep; Pereira, Felipe Walter; Peroni, Nivaldo; Picó, Sergio; Pilotto, Francesca; Pinheiro, Hudson Tercio; Pizarro, Oscar; Pizzolotto, Roberto; Pomati, Francesco; Pompeu, Paulo Santos; Ponton, Dominique; Post, Eric; Poulet, Nicolas; Pöyry, Juha; Presley, Steven J; Prins, Herbert_H T; Provoost, Pieter; Prudic, Kathleen L; Punjayil, Vignesh; Pyšek, Petr; Querner, Pascal; Quimbayo, Juan Pablo; Ramnarine, Indar W; Reed, Daniel C; Reich, Peter Bernard; Remillard, Suzanne M; Richards, Cerren; Richardson, Anthony James; van_Rijn, Itai; Rivera‐Monroy, Victor H; Rixen, Christian; Robinson, Kevin Peter; Rocha, Ricardo; Rodrigues, Ricardo R; Rodrigues, Cassy; de_Roos, Bjørn; de_Rossa‐Feres, Denise_de C; Rosselli, Loreta; Rothlisberg, Peter Charles; Rubio, Ana; Rudstam, Lars G; Ruz, Catalina S; Rybicki, Nancy B; Van_Ryckegem, Gunther; Rypel, Andrew L; Sadler, Jon P; Saito, Victor Satoru; Sal, Sofia; Salomão, Renato Portela; Sanders, Nathan J; Santos, Flavio_A M; dos_Santos, Tiago Gomes; Sarker, Swapan Kumar; Scanga, Sara E; Schaub, Marcus; Schmidt, Jochen; Schmidt, Inger Kappel; Schooley, Robert L; Schultz, Alfred; Scotti, Alberto; Serpell‐Stevens, Amanda; Serrano, Filipe C; Shadwick, Elizabeth H; Shaft, Matthew; Sherry, Thomas W; Shimabukuro, Erika Mayumi; Siciński, Jacek; Sievers, Caya; da_Silva, Fernando Rodrigues; da_Silva, Ana Carolina; Silveira, Juliana M; Siqueira, Tadeu; Sivadasan, Arunkumar Kavidapadinjattathil; Sivan, Prasad_Theruvil Parambil; Skuja, Agnija; Slaughter, Amalia L; Slingsby, Jasper A; Smith, Joseph R; Soares, Bruno Eleres; Solan, Martin; Souza, Flaviana Maluf; Souza, Gabriel_B G; Sprague, Joshua L; Stachow, Ulrich; Stadt, J John; Stallings, Christopher D; Stanchev, Radoslav Hristov; Stanley, Emily H; Starzomski, Brian M; Sterza, Jose Mauro; Stevens, Maarten; Stiles, F Gary; Stoll, Stefan; Stuart‐Smith, Rick D; Súarez, Yzel Rondon; Super, Laura; Supp, Sarah R; Sutela, Tapio; Suthers, Iain M; Suuronen, Anna; Swadling, Kerrie M; Szydlowski, Daniel K; Taki, Hisatomo; Taylor, Sara_Jeanne Snell; Tedesco, Pablo A; Teichert, Nils; Terui, Akira; Thiede, Gary P; Thimonier, Anne; Thomas, Oliver; Thompson, Peter Allan; Thorn, Simon; Tiemann, Jeremy S; Toledo, Luís Felipe; Tolvanen, Anne; Toniato, Maria_Teresa Zugliani; Torre, Ignasi; Tortato, Marcos Adriano; Totsu, Kumiko; Trant, Andrew; Twilley, Robert R; Urabe, Hirokazu; Valade, Pierre; Valdivia, Nelson; Vallejo, Martha Isabel; Valone, Thomas J; Vanaverbeke, Jan; Vasconcelos, Tiago Silveira; Vehanen, Teppo; Venturoli, Fábio; Verheye, Hans M; Vermeulen, Hendrik_Jannes Wietse; Verstraeten, Arne; Vianna, Marcelo; Vieira, Rui; Vieira‐Alencar, João_Paulo Santos; Vilella, Marc; Vitule, Jean_Ricardo Simões; Van_Vu, Lien; Waide, Robert B; Warren, Paige S; Wayman, Joseph Paul; Webb, Sara L; Weigel, Benjamin; Welti, Ellen_A R; West, Fritha; Westermann, Fulgor; Whalen, Matthew A; White, Ethan P; Widdicombe, Claire E; Williams, Richard; Williamson, Mark; Willig, Michael R; Wipf, Sonja; Woehler, Eric J; Woldering, Alje; Woods, Kerry D; Xu, Wu‐Bing; Yahel, Ruthy; Yang, Zeren; Zawada, Kyle_J A; Zornosa‐Torres, Camila; Zvuloni, Assaf</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Global Ecology and Biogeography</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1466-822X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;sec&gt;&lt;title&gt;Motivation&lt;/title&gt;&lt;p&gt;Here, we make available a second version of the BioTIME database, which compiles records of abundance estimates for species in sample events of ecological assemblages through time. The updated version expands version 1.0 of the database by doubling the number of studies and includes substantial additional curation to the taxonomic accuracy of the records, as well as the metadata. Moreover, we now provide an R package (BioTIMEr) to facilitate use of the database.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Main Types of Variables Included&lt;/title&gt;&lt;p&gt;The database is composed of one main data table containing the abundance records and 11 metadata tables. The data are organised in a hierarchy of scales where 11,989,233 records are nested in 1,603,067 sample events, from 553,253 sampling locations, which are nested in 708 studies. A study is defined as a sampling methodology applied to an assemblage for a minimum of 2 years.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Spatial Location and Grain&lt;/title&gt;&lt;p&gt;Sampling locations in BioTIME are distributed across the planet, including marine, terrestrial and freshwater realms. Spatial grain size and extent vary across studies depending on sampling methodology. We recommend gridding of sampling locations into areas of consistent size.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Time Period and Grain&lt;/title&gt;&lt;p&gt;The earliest time series in BioTIME start in 1874, and the most recent records are from 2023. Temporal grain and duration vary across studies. We recommend doing sample‐level rarefaction to ensure consistent sampling effort through time before calculating any diversity metric.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Major Taxa and Level of Measurement&lt;/title&gt;&lt;p&gt;The database includes any eukaryotic taxa, with a combined total of 56,400 taxa.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Software Format&lt;/title&gt;&lt;p&gt;csv and. SQL.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2224354; 1836839; 2425417; 2025849; 2025755; 1902595; 1831937; 2430620; 2019470; 2410710</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Global Ecology and Biogeography</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>