--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-05-20T04:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Many insect groups have acquired obligate microbial symbionts, and the resulting associations can have important ecological and evolutionary consequences. A notable example among ants is the species‐rich tribe Camponotini, whose members derive nutritional benefits from a vertically inherited bacterial endosymbiont,&lt;italic&gt;Blochmannia&lt;/italic&gt;. We generate ultraconserved element (UCE) phylogenomic data for 220 ingroup and 5 outgroup taxa to reconstruct a detailed evolutionary history of the Camponotini, including the inference of divergence times and dispersal events. Under multiple modes of analysis, including both concatenation and species‐tree approaches, we recover a well‐supported backbone phylogeny comprising eight lineages: three large genera (&lt;italic&gt;Camponotus&lt;/italic&gt;,&lt;italic&gt;Colobopsis&lt;/italic&gt;,&lt;italic&gt;Polyrhachis&lt;/italic&gt;) and several smaller genera or clusters of genera. Three novel lineages are uncovered that cannot be placed in any existing genus:&lt;italic&gt;Lathidris&lt;/italic&gt;&lt;bold&gt;gen. n&lt;/bold&gt;., from the mountains of Mesoamerica;&lt;italic&gt;Retalimyrma&lt;/italic&gt;&lt;bold&gt;gen. n&lt;/bold&gt;., from the Indian Himalayas; and&lt;italic&gt;Uwari&lt;/italic&gt;&lt;bold&gt;gen. n&lt;/bold&gt;., from eastern Asia. The species in these new genera were described and placed erroneously in&lt;italic&gt;Camponotus&lt;/italic&gt;. The tribe Camponotini is estimated to have a crown origin in the Eocene (median age 38.4 Ma), with successively younger crown ages for&lt;italic&gt;Colobopsis&lt;/italic&gt;(22.5 Ma),&lt;italic&gt;Camponotus&lt;/italic&gt;(18.6 Ma) and&lt;italic&gt;Polyrhachis&lt;/italic&gt;(18.5 Ma). We infer an Australasian or Indomalayan origin for the tribe, with multiple dispersal events to the Afrotropics, Palearctic region, and New World. Phylogenetic analysis of selected&lt;italic&gt;Blochmannia&lt;/italic&gt;genes from a subset of 97 camponotine taxa yields results that are largely congruent with the ant host phylogeny, at least for well‐supported nodes, but we find evidence that&lt;italic&gt;Blochmannia&lt;/italic&gt;from some old lineages—especially&lt;italic&gt;Lathidris&lt;/italic&gt;—may have discordant histories, suggesting possible lability of this symbiosis in the early evolution of camponotine ants.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1856400</t>
+    <t>1856400; 2019429; 1856539; 1856425; 1932062</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>p. 646-676</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>