--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-02-15T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Experimental Biology</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Suppl_1</t>
   </si>
   <si>
     <t>0022-0949</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;Understanding the movement patterns and behavior of marine organisms is fundamental for numerous ecological, conservation and management applications. Over the past several decades, advancements in tracking technologies and analytical methods have revolutionized our ability to study marine animal movements. Oceanic zooplankton often make up the bulk of the macroscopic animal biomass in the oceans, yet we know very little about the life histories, migrations and long-term behaviors of these ecologically important animals. In this Review, we consider recent developments in marine movement ecology and animal tracking techniques of gelatinous zooplankton, and discuss the challenges, opportunities and future directions in this rapidly evolving field.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2100703</t>
+    <t>2100703; 2114169; 2100156</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>