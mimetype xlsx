--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10592213</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/2041-210X.14421</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Propagating observation errors to enable scalable and rigorous enumeration of plant population abundance with aerial imagery</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zaiats, Andrii; Caughlin, T Trevor; Cruz, Jennyffer; Pilliod, David S; Cattau, Megan E; Liu, Rongsong; Rachman, Richard; Maliha, Maisha; Delparte, Donna; Clare, John_D J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Methods in Ecology and Evolution</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2074 to 2086</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-210X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;&lt;list&gt;&lt;list-item&gt;&lt;p&gt;Estimating and monitoring plant population size is fundamental for ecological research, as well as conservation and restoration programs. High‐resolution imagery has potential to facilitate such estimation and monitoring. However, remotely sensed estimates typically have higher uncertainty than field measurements, risking biased inference on population status.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We present a model that accounts for false negative (missed plants) and false positive (misclassified or double‐counted plants) error in counts from high‐resolution imagery via integration with ground data. We apply it to estimate the abundance of a foundational shrub species in post‐wildfire landscapes in the western United States. In these landscapes, plant recruitment is crucial for ecological recovery but locally patchy, motivating the use of spatially extensive measurements from unoccupied aerial systems (UAS). Integrating &gt;16 ha of UAS imagery with &gt;700 georeferenced field plots, we fit our model to generate insights into the prevalence and drivers of observation errors associated with classification algorithms used to distinguish individual plants, relationships between abundance and landscape context, and to generate spatially explicit maps of shrub abundance.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Raw counts of plant abundance in high‐resolution imagery resulted in substantial false negative and false positive observation errors. The probability of detecting (&lt;italic&gt;p&lt;/italic&gt;) adult plants (0.25 m tall) varied between sites within 0.52 &lt;  &lt; 0.82, whereas the detection of smaller plants (&lt;0.25 m) was lower, 0.03 &lt;  &lt; 0.3. On average, we estimate that 19% of all detected plants were false positive errors, which varied spatially in relation to topographic predictors. Abundance declined toward the interior of previous wildfires and was positively associated with terrain roughness.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Our study demonstrates that integrated models accounting for imperfect detection improve estimates of plant population abundance derived from inherently imperfect UAS imagery. We believe such models will further improve inference on plant population dynamics—relevant to restoration, wildlife habitat and related objectives—and echo previous calls for remote sensing applications to better differentiate between ecological and observational processes.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2207158</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Methods in Ecology and Evolution</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>