--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-03-01T05:00:00Z</t>
   </si>
   <si>
     <t>Operations Research</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>738 to 751</t>
   </si>
   <si>
     <t>0030-364X</t>
   </si>
   <si>
     <t>&lt;p&gt;A Simpler Approach to the EFX Problem&lt;/p&gt; &lt;p&gt;Envy-freeness up to any item (EFX) has emerged as a compelling fairness notion in discrete fair division. However, its existence remains one of the biggest open problems in the field. In a breakthrough, Chaudhury et al. (2020) establish the existence of EFX allocations for three agents with additive valuations through intricate case analysis. The paper “EFX: A Simpler Approach and an (Almost) Optimal Guarantee via Rainbow Cycle Number” by Akrami, Alon, Chaudhury, Garg, Mehlhorn, and Mehta offers a simpler approach for improving the EFX guarantee. They demonstrate the existence of EFX allocations for three agents when at least one has additive valuations (whereas the other two have general monotone valuations). Additionally, they nearly resolve a conjecture regarding the rainbow cycle number, leading to an (almost) tight bound for the existence of approximate EFX allocations with few unallocated items achievable through this approach.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1942321</t>
+    <t>1942321; 2441580</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>INFORMS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>