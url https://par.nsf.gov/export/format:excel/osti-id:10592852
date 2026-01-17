--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-02-01T05:00:00Z</t>
   </si>
   <si>
     <t>Physical review</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2469-9926</t>
   </si>
   <si>
     <t>&lt;p&gt;Quantum spin liquids are exotic phases of matter whose low-energy physics is described as the deconfined phase of an emergent gauge theory. With recent theory proposals and an experiment showing preliminary signs of&lt;math display='inline'&gt;&lt;msub&gt;&lt;mi mathvariant='double-struck'&gt;Z&lt;/mi&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/msub&gt;&lt;/math&gt;topological order [G. Semeghini , ], Rydberg atom arrays have emerged as a promising platform to realize a quantum spin liquid. In this work, we propose a way to realize a U(1) quantum spin liquid in three spatial dimensions, described by the deconfined phase of U(1) gauge theory in a pyrochlore lattice Rydberg atom array. We study the ground state phase diagram of the proposed Rydberg system as a function of experimentally relevant parameters. Within our calculation, we find that by tuning the Rabi frequency, one can access both the confinement-deconfinement transition driven by a proliferation of “magnetic” monopoles and the Higgs transition driven by a proliferation of “electric” charges of the emergent gauge theory. We suggest experimental probes for distinguishing the deconfined phase from ordered phases. This work serves as a proposal to access a confinement-deconfinement transition in three spatial dimensions on a Rydberg-based quantum simulator.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2025&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2120757</t>
+    <t>2120757; 2037158</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Physical Review X</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>