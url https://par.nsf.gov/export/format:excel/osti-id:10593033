--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10593033</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stae1868</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An ALMA survey of submillimetre galaxies in the Extended Chandra Deep Field South: an unbiased study of SMG environments measured with narrow-band imaging</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cornish, Thomas M; Wardlow, Julie; Wade, Heather; Sobral, David; Brandt, William N; Cox, Pierre; Dannerbauer, Helmut; Decarli, Roberto; Gullberg, Bitten; Knudsen, Kirsten; Stott, John; Swinbank, Mark; Walter, Fabian; van der Werf, Paul</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>533</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2399 to 2419</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;Submillimetre galaxies (SMGs) are some of the most extreme star-forming systems in the Universe, whose place in the framework of galaxy evolution is as yet uncertain. It has been hypothesized that SMGs are progenitors of local early-type galaxies, requiring that SMGs generally reside in galaxy cluster progenitors at high redshift. We test this hypothesis and explore SMG environments using a narrow-band VLT/HAWK-I+GRAAL study of H $\alpha$ and [O iii] emitters around an unbiased sample of three ALMA-identified and spectroscopically confirmed SMGs at $z \sim 2.3$ and $\sim 3.3$, where these SMGs were selected solely on spectroscopic redshift. Comparing with blank-field observations at similar epochs, we find that one of the three SMGs lies in an overdensity of emission-line sources on the $\sim 4$ Mpc scale of the HAWK-I field of view, with overdensity parameter $\delta _{g} = 2.6^{+1.4}_{-1.2}$. A second SMG is significantly overdense only on $\lesssim 1.6$ Mpc scales and the final SMG is consistent with residing in a blank field environment. The total masses of the two overdensities are estimated to be $\log (M_{h}/{\rm M}_{\odot }) =$ 12.1–14.4, leading to present-day masses of $\log (M_{h,z=0}/{\rm M}_{\odot }) =$ 12.9–15.9. These results imply that SMGs occupy a range of environments, from overdense protoclusters or protogroups to the blank field, suggesting that while some SMGs are strong candidates for the progenitors of massive elliptical galaxies in clusters, this may not be their only possible evolutionary pathway.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2407089</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>