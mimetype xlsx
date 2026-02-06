--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10593238</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data Scavenger Hunt: Actively Authoring Data and Interpreting Movement</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Quiterio, Ashley; Worsley, Marcelo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-17T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The showcase will display a programmable sensor in action for understanding a person’s relationship to embodied data collection practices. The activity design is called a Data Scavenger Hunt, where participants record data and search through the data to identify different actions within automated graphs. The sensor can be adapted to record many variables from acceleration to light level. Our activity is designed for 8th to 12th graders in out-of-school contexts, so that they explore their physical movement as it relates to data and subsequent visualizations of that data. With this embodied data, there is an inherent relationship to the data, and we explore how that relationship creates opportunities for learning about agency in data collection processes. As such, we highlight the process of active data production rather than passive data collection in our activity. In initial testing, we see how learners are navigating discrepancies between their experiences and the data.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2047693</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Data Science for Everyone</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>San Antonio, Texas</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>