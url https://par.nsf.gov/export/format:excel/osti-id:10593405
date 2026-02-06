--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10593405</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1162/tacl_a_00687</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Do Multi-Document Summarization Models &lt;i&gt;Synthesize&lt;/i&gt; ?</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>DeYoung, Jay; Martinez, Stephanie C; Marshall, Iain J; Wallace, Byron C</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Louis, Annie</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Transactions of the Association for Computational Linguistics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1043 to 1062</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2307-387X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Multi-document summarization entails producing concise synopses of collections of inputs. For some applications, the synopsis should accurately synthesize inputs with respect to a key aspect, e.g., a synopsis of film reviews written about a particular movie should reflect the average critic consensus. As a more consequential example, narrative summaries that accompany biomedical systematic reviews of clinical trial results should accurately summarize the potentially conflicting results from individual trials. In this paper we ask: To what extent do modern multi-document summarization models implicitly perform this sort of synthesis? We run experiments over opinion and evidence synthesis datasets using a suite of summarization models, from fine-tuned transformers to GPT-4. We find that existing models partially perform synthesis, but imperfectly: Even the best performing models are over-sensitive to changes in input ordering and under-sensitive to changes in input compositions (e.g., ratio of positive to negative reviews). We propose a simple, general, effective method for improving model synthesis capabilities by generating an explicitly diverse set of candidate outputs, and then selecting from these the string best aligned with the expected aggregate measure for the inputs, or abstaining when the model produces no good candidate.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2211954</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Association for Computational Linguistics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>