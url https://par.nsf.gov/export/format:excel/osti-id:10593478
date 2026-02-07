--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10593478</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3676536.3676816</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>ADO-LLM: Analog Design Bayesian Optimization with In-Context Learning of Large Language Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yin, Yuxuan; Wang, Yu; Xu, Boxun; Li, Peng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 9</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400710773</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Analog circuit design requires substantial human expertise and involvement, which is a significant roadblock to design productivity.  Bayesian Optimization (BO), a popular machine-learning-based optimization strategy, has been leveraged to automate analog design given its applicability across various circuit topologies and technologies. Traditional BO methods employ black-box Gaussian Process surrogate models and optimized labeled data queries to find optimization solutions by trading off between exploration and exploitation. However, the search for the optimal design solution in BO can be expensive from both a computational and data usage point of view, particularly for high-dimensional optimization problems.  This paper presents ADO-LLM, the first work integrating large language models (LLMs) with Bayesian Optimization for analog design optimization.  ADO-LLM leverages the LLM’s ability to infuse domain knowledge to rapidly generate viable design points to remedy BO's inefficiency in finding high-value design areas specifically under the limited design space coverage of the BO's probabilistic surrogate model. In the meantime, sampling of design points evaluated in the iterative BO process provides quality demonstrations for the LLM  to generate high-quality design points while leveraging infused broad design knowledge. Furthermore, the diversity brought by BO's exploration enriches the contextual understanding of the LLM and allows it to more broadly search in the design space and prevent repetitive and redundant suggestions. We evaluate the proposed framework on two different types of analog circuits and demonstrate notable improvements in design efficiency and effectiveness.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2334380; 1956313</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>2024 ACM/IEEE International Conference on Computer-Aided Design</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Newark Liberty International Airport Marriott New York NY USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>