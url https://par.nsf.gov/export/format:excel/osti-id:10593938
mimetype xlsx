--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-04-21T04:00:00Z</t>
   </si>
   <si>
     <t>Global Change Biology</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>1354-1013</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt;
  &lt;p&gt;Global climate change phenomena are amplified in Arctic regions, driving rapid changes in the biota. Here, we examine changes in plant community structure over more than 30 years at two sites in arctic Alaska, USA, Imnavait Creek and Toolik Lake, to understand long‐term trends in tundra response to changing climate. Vegetation cover was sampled every 4–7 years on permanent 1 m&lt;sup&gt;2&lt;/sup&gt;plots spanning a 1 km&lt;sup&gt;2&lt;/sup&gt;grid using a point‐frame. The vascular plant canopies progressively closed at both locations. Canopy cover, defined here as an encounter of a vascular plant above the ground surface, increased from 63% to 91% at Imnavait Creek and from 63% to 89% at Toolik Lake. Both sites showed steady increases in maximum canopy height, increasing by approximately 50% (8 cm). While cover and height increased to some extent for all vascular plant growth forms, deciduous shrubs and graminoids changed the most. For example, at Imnavait Creek the cover of graminoids more than tripled (particularly in wet meadow plots), increasing by 237%. At Toolik Lake the cover of deciduous shrubs more than doubled (particularly in moist acidic plots), increasing by 145%. Despite the steady closing of the plant canopy, cryptogams (lichens and mosses) persisted; in fact, the cover of lichens increased. These results call into question the dominant dogma that cryptogams will decline with increases in vascular plant abundance and demonstrate the resilience of these understory plants. In addition to overall cover, the diversity of vascular plants increased at one site (Imnavait Creek). In contrast to much of the Arctic, summer air temperatures in the Toolik Lake region have not significantly increased over the 30+ year sampling period; however, winter temperatures increased substantially. Changes in vegetation community structure at Imnavait Creek and Toolik Lake are likely the result of winter warming.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1836839</t>
+    <t>1836839; 1928237</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>