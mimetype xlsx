--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10594022</t>
-[...8 lines deleted...]
-    <t>Kim, Iltai_Isaac (ORCID:0000000207101969); Lie, Yang; Park, Jaesung; Kim, Hyun-Joong; Kim, Hong-Chul; Yoon, Hongkyu (ORCID:000000016719280X)</t>
+    <t>10537347</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1088/2516-1075/ad610e</t>
+  </si>
+  <si>
+    <t>Approaching periodic systems in ensemble density functional theory via finite one-dimensional models</t>
+  </si>
+  <si>
+    <t>Leano, Remi J; Pribram-Jones, Aurora; Strubbe, David A</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-05-22T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>&lt;p&gt;We show that the reflection interference fringe (RIF) is formed on a screen far away from the microdroplets placed on a prism-based substrate, which have low contact angles and thin droplet heights, caused by the dual convex–concave profile of the droplet, not a pure convex profile. The geometric formulation shows that the interference fringes are caused by the optical path difference when the reflected rays from the upper convex profile at the droplet–air interface interfere with reflection from the lower concave profile at oblique angles lower than the critical angle. Analytic solutions are obtained for the droplet height and the contact angle out of the fringe number and the fringe radius in RIF from the geometric formulation. Furthermore, the ray tracing simulation is conducted using the custom-designed code. The geometric formulation and the ray tracing show excellent agreement with the experimental observation in the relation between the droplet height and the fringe number and the relation between the contact angle and the fringe radius. This study is remarkable as the droplet's dual profile cannot be easily observed with the existing techniques. However, the RIF technique can effectively verify the existence of a dual profile of the microdroplets in a simple setup. In this work, the RIF technique is successfully developed as a new optical diagnostic technique to determine the microdroplet features, such as the dual profile, the height, the contact angle, the inflection point, and the precursor film thickness, by simply measuring the RIF patterns on the far-field screen.&lt;/p&gt;</t>
+    <t>2024-07-19T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Electronic Structure</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>035003</t>
+  </si>
+  <si>
+    <t>2516-1075</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Ensemble density functional theory (EDFT) is a generalization of ground-state DFT, which is based on an exact formal theory of finite collections of a system’s ground and excited states. EDFT in various forms has been shown to improve the accuracy of calculated energy level differences in isolated model systems, atoms, and molecules, but it is not yet clear how EDFT could be used to calculate band gaps for periodic systems. We extend the application of EDFT toward periodic systems by estimating the thermodynamic limit with increasingly large finite one-dimensional ‘particle in a box’ systems, which approach the uniform electron gas (UEG). Using ensemble-generalized Hartree and local spin density approximation exchange-correlation functionals, we find that corrections go to zero in the infinite limit, as expected for a metallic system. However, there is a correction to the effective mass, with results comparable to other calculations on 1D, 2D, and 3D UEGs, which indicates promise for non-trivial results from EDFT on periodic systems.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2301973</t>
+    <t>2125510</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>American Institute of Physics</t>
+    <t>IOPScience</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -302,79 +305,81 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>