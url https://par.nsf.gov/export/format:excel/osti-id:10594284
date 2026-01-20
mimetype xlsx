--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-11T05:00:00Z</t>
   </si>
   <si>
     <t>Geological Society, London, Special Publications</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0305-8719</t>
   </si>
   <si>
     <t>&lt;p&gt;Constraints on the thickness, transitional boundaries, and composition of Earth's crust are pivotal in studying its formation and evolution. We use data from 132 seismic installations throughout the northeastern US to explore how tectonic events, such as orogenesis and rifting, have altered the crust of the northeastern US and southeastern Canada, and to distinguish between Laurentia and the Appalachian terranes. We include data from seismic installations from the NEST and SEISConn experiments, spanning the Laurentia–Appalachian boundary, and present estimates of crustal thickness,&lt;italic toggle='yes'&gt;V&lt;/italic&gt;&lt;sub&gt;p&lt;/sub&gt;/&lt;italic toggle='yes'&gt;V&lt;/italic&gt;&lt;sub&gt;s&lt;/sub&gt;, and thickness of the transition between crustal and mantle rocks using Ps receiver functions. We find some first-order differences between Laurentia and Appalachian terranes, with Laurentia exhibiting thicker crust (&lt;italic toggle='yes'&gt;c.&lt;/italic&gt;39 v.&lt;italic toggle='yes'&gt;c.&lt;/italic&gt;33 km) and a broader crust–mantle transition thickness (&lt;italic toggle='yes'&gt;c.&lt;/italic&gt;3 v. &lt;1.5 km). Average&lt;italic toggle='yes'&gt;V&lt;/italic&gt;&lt;sub&gt;p&lt;/sub&gt;/&lt;italic toggle='yes'&gt;V&lt;/italic&gt;&lt;sub&gt;s&lt;/sub&gt;values are similar between Laurentia (&lt;italic toggle='yes'&gt;c.&lt;/italic&gt;1.77) and Appalachian terranes (&lt;italic toggle='yes'&gt;c.&lt;/italic&gt;1.74); however, we identify anomalous&lt;italic toggle='yes'&gt;V&lt;/italic&gt;&lt;sub&gt;p&lt;/sub&gt;/&lt;italic toggle='yes'&gt;V&lt;/italic&gt;&lt;sub&gt;s&lt;/sub&gt;in a few regions, including high&lt;italic toggle='yes'&gt;V&lt;/italic&gt;&lt;sub&gt;p&lt;/sub&gt;/&lt;italic toggle='yes'&gt;V&lt;/italic&gt;&lt;sub&gt;s&lt;/sub&gt;around the Adirondack Mountains and low&lt;italic toggle='yes'&gt;V&lt;/italic&gt;&lt;sub&gt;p&lt;/sub&gt;/&lt;italic toggle='yes'&gt;V&lt;/italic&gt;&lt;sub&gt;s&lt;/sub&gt;in southern New England. The southern New England region is also anomalous in terms of its systematically thinner crust and sharper crust–mantle transition, which may be a consequence of the formation and collapse of the Acadian altiplano during the mid-to-late Paleozoic.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2147536; 2147463; 2146804</t>
+    <t>2147536; 2147463; 2146804; 2147426</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Geological Society of London</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>