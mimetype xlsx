--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10594463</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1021/acs.macromol.4c00881</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>From Fully Stretched to Collapsed Chains: Bottlebrush Polymer Grafted Particles</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sevening, Jensen N; Nupnar, Nehal; Adhikary, Soumyanil; Reifsnyder_Hickey, Danielle; Swulius, Matthew T; Koerner, Hilmar; Hore, Michael_J A; Hickey, Robert J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Macromolecules</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>9616 to 9626</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0024-9297</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Macromolecular architecture is a critical parameter when tuning polymer material properties. Although the implementation of non-linear polymers in different applications has grown over the years, polymer grafted surfaces such as nanoparticles have traditionally been composed of linear thermoplastic polymers, with a limited number of examples demonstrating a diversity in polymer architectures. In an effort to combine polymer architecturally dependent material properties with polymer grafted particles (PGPs), as opposed to conventional methods of tuning polymer grafting parameters such as the number of chains per surface area (i.e., polymer graft density), a series of bottlebrush grafted particles were synthesized using surface-initiated ring-opening metathesis polymerization (SI-ROMP). These bottlebrush PGPs are composed of glassy, semi-crystalline, and elastomeric polymer side chains with controlled backbone degrees of polymerization (Nbb) at relatively constant polymer graft density on the surface of silica particles with diameters equaling approximately 160 or 77 nm. Bottlebrush polymer chain conformations, evaluated by measuring the brush height of surface grafted polymer chains in solution and the melt, undergo drastic changes in macromolecular dimensions in different environments. In solution, brush heights increase linearly as a function of Nbb, consistent with fully stretched chains, which is confirmed using cryogenic transmission electron microscopy (Cryo-TEM). Meanwhile, brush heights are consistently at a minimum in the melt, indicative of chains collapsed on the particle surface. The conformational extremes for grafted bottlebrush polymers are unseen in any linear polymer chain systems, highlighting the effect of macromolecular architecture and surface grafting. Bottlebrush grafted particles are an exciting class of materials where diversifying polymer architectures will expand PGP material design rules that harness macromolecular architecture to dictate properties.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1942508</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>