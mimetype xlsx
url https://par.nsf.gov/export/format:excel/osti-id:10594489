--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-05-29T04:00:00Z</t>
   </si>
   <si>
     <t>NAR Genomics and Bioinformatics</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2631-9268</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Single nucleotide polymorphisms (SNPs) can alter RNA structure by changing the proportions of existing conformations or leading to new conformations in the structural ensemble. Such structure-changing SNPs, or riboSNitches, have been associated with diseases in humans and climate adaptation in plants. While several computational tools are available for predicting whether an SNP is a riboSNitch, these tools were generally developed to analyze individual RNAs and are not optimized for genome-wide analyses. To fill this gap, we developed VariantFoldRNA, a flexible, containerized, and automated pipeline for genome-wide prediction of riboSNitches. Our pipeline automatically installs all dependencies, can be run locally or on high-performance clusters, and is modular, enabling the user to customize the analysis for the research question of interest. VariantFoldRNA can predict riboSNitches genome-wide at user-specified temperatures and splicing conditions, opening the door to novel analyses. The pipeline is an open-source command-line tool that is freely available at https://github.com/The-Bevilacqua-Lab/variantfoldrna.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2122357</t>
+    <t>2122357; 2122358</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>