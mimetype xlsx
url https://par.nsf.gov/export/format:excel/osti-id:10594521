--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -119,51 +119,51 @@
   <si>
     <t>Woodhams, Douglas C; Muñiz-Torres, Aura; Hertz, Andreas; Kearns, Patrick; McDonnell, Nina; Reinert, Laura; Rollins-Smith, Louise A; LaBumbard, Brandon; Voyles, Jamie; Richards-Zawacki, Corinne L; Callahan, Daniel; Conlon, J Michael</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-24T05:00:00Z</t>
   </si>
   <si>
     <t>Frontiers in Amphibian and Reptile Science</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2813-6780</t>
   </si>
   <si>
     <t>&lt;p&gt;Some of the amphibian populations in Panama are demonstrating slow recovery decades after severe declines caused by the invasion of the fungal pathogen&lt;italic&gt;Batrachochytrium dendrobatidis&lt;/italic&gt;(&lt;italic&gt;Bd&lt;/italic&gt;). However, new species remain to be described and assessed for the mechanisms of disease resilience. We identified seven skin defense peptides from a presumably novel leopard frog species in the Tabasará range, at Buäbti (Llano Tugrí), Ngäbe-Buglé Comarca, and Santa Fe, Veraguas, Panama, herein called the Ngäbe-Buglé leopard frog. Two of the peptides were previously known: brevinin-1BLb from&lt;italic&gt;Rana (Lithobates) blairi&lt;/italic&gt;and a previously hypothesized “ancestral” peptide, ranatuerin-2BPa. We hypothesized that the peptides are active against&lt;italic&gt;Bd&lt;/italic&gt;and shape the microbiome such that the skin bacterial communities are more similar to those of other leopard frogs than of co-occurring host species. Natural mixtures of the collected skin peptides showed a minimum inhibitory concentration against&lt;italic&gt;Bd&lt;/italic&gt;of 100 μg/ml, which was similar to that of other leopard frogs that have been tested. All sampled individuals hosted high intensity of infection with&lt;italic&gt;Bd&lt;/italic&gt;. We sampled nine other amphibian species in nearby habitats and found lower prevalence and intensities of&lt;italic&gt;Bd&lt;/italic&gt;infection. In addition to the pathogen load, the skin microbiomes were examined using 16S rRNA gene targeted amplicon sequencing. When compared to nine co-occurring amphibians, the Ngäbe-Buglé leopard frog had similar skin bacterial richness and anti-&lt;italic&gt;Bd&lt;/italic&gt;function, but the skin microbiome structure differed significantly among species. The community composition of the bacterial skin communities was strongly associated with the&lt;italic&gt;Bd&lt;/italic&gt;infection load. In contrast, the skin microbiome composition of the Ngäbe-Buglé leopard frog was similar to that of five North American leopard frog populations and the sympatric and congeneric&lt;italic&gt;Rana (Lithobates) warszewitschii&lt;/italic&gt;, with 29 of the 46 core bacteria all demonstrating anti-&lt;italic&gt;Bd&lt;/italic&gt;activity in culture. Because of the high&lt;italic&gt;Bd&lt;/italic&gt;infection load and prevalence in the Ngäbe-Buglé leopard frog, we suggest that treatment to reduce the&lt;italic&gt;Bd&lt;/italic&gt;load in this species might reduce the chytridiomycosis risk in the co-occurring amphibian community, but could potentially disrupt the evolution of skin defenses that provide a mechanism for disease resilience in this species.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2120084; 2147467</t>
+    <t>2120084; 2147467; 1845634</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Frontiers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>