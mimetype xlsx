--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,176 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...124 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -190,187 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10594821</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3696410.3714886</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Dynamic Gradient Influencing for Viral Marketing Using Graph Neural Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sharma, Saurabh; Singh, Ambuj</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3982 to 3993</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400712746</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The problem of maximizing the adoption of a product through viral marketing in social networks has been studied heavily through postulated network models. We present a novel data-driven formulation of the problem. We use Graph Neural Networks (GNNs) to model the adoption of products by utilizing both topological and attribute information. The resulting Dynamic Viral Marketing (DVM) problem seeks to find the minimum budget and minimal set of dynamic topological and attribute changes in order to attain a specified adoption goal. We show that DVM is NP-Hard and is related to the existing influence maximization problem. Motivated by this connection, we develop the idea of Dynamic Gradient Influencing (DGI) that uses gradient ranking to find optimal perturbations and targets low-budget and high influence non-adopters in discrete steps. We
+use an efficient strategy for computing node budgets and develop the “Meta-Influence” heuristic for assessing a node’s downstream influence. We evaluate DGI against multiple baselines and demonstrate gains on average of 24% on budget and 37% on AUC on real world attributed networks. Our code is publicly available at https: //github.com/saurabhsharma1993/dynamic_viral_marketing.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2229876</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Sydney NSW Australia</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>