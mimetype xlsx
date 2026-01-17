--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-09-17T04:00:00Z</t>
   </si>
   <si>
     <t>APL Materials</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2166-532X</t>
   </si>
   <si>
     <t>&lt;p&gt;Solid phase epitaxy (SPE) has been widely employed for various thin-film materials, making it valuable for industrial applications due to its scalability. In complex oxides, SPE has been limited to a few materials because of the challenges in maintaining stoichiometric control during growth, particularly when volatile phases are present at high temperatures. Here, we investigate the impact of encapsulation layers on the SPE of complex oxides, using SrRuO3 (SRO) as a model system. An amorphous SRO layer was deposited on a SrTiO3 (STO) substrate, followed by the transfer of a single-crystalline STO membrane as an encapsulation layer in order to suppress the evaporation of volatile species (RuO2) during the SPE process. Whereas both encapsulated and unencapsulated SRO layers were successfully crystallized, the unencapsulated films suffered a substantial loss of Ru ions—exceeding 20%—compared to their encapsulated counterparts. This loss of Ru ions led to a loss of metallicity in the unencapsulated SRO layers, whereas the encapsulated layers retained their metallic ferromagnetic properties. This study demonstrates that the encapsulation provided by oxide membranes effectively suppresses stoichiometric loss during SPE, presenting a new strategy in stabilizing a broader class of functional oxides as epitaxial thin films.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2145880</t>
+    <t>2145880; 2216198</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Institute of Physics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>