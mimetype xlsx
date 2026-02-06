--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10595332</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/THMS.2024.3509223</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Cognitive Load-Based Affective Workload Allocation for Multihuman Multirobot Teams</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jo, Wonse; Wang, Ruiqi; Yang, Baijian; Foti, Daniel; Rastgaar, Mo; Min, Byung-Cheol</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-27T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Human-Machine Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>23 to 36</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2168-2291</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The interaction and collaboration between humans and multiple robots represent a novel field of research known as human multirobot systems. Adequately designed systems within this field allow teams composed of both humans and robots to work together effectively on tasks, such as monitoring, exploration, and search and rescue operations. This article presents a deep reinforcement learning-based affective workload allocation controller specifically for multihuman multirobot teams. The proposed controller can dynamically reallocate workloads based on the performance of the operators during collaborative missions with multirobot systems. The operators' performances are evaluated through the scores of a self-reported questionnaire (i.e., subjective measurement) and the results of a deep learning-based cognitive workload prediction algorithm that uses physiological and behavioral data (i.e., objective measurement). To evaluate the effectiveness of the proposed controller, we conduct an exploratory user experiment with various allocation strategies. The user experiment uses a multihuman multirobot CCTV monitoring task as an example and carry out comprehensive real-world experiments with 32 human subjects for both quantitative measurement and qualitative analysis. Our results demonstrate the performance and effectiveness of the proposed controller and highlight the importance of incorporating both subjective and objective measurements of the operators' cognitive workload as well as seeking consent for workload transitions, to enhance the performance of multihuman multirobot teams.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1846221</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>