--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,95 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10595729</t>
-[...8 lines deleted...]
-    <t>Alfieri, Costanza; Ganesh, Suriya; Ge, Limin; Shi, Jingxin; Sadeh, Norman</t>
+    <t>10474085</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3847/1538-4357/ac795f</t>
+  </si>
+  <si>
+    <t>A Tilt in the Dark Matter Halo of the Galaxy</t>
+  </si>
+  <si>
+    <t>Han, Jiwon Jesse; Naidu, Rohan P.; Conroy, Charlie; Bonaca, Ana; Zaritsky, Dennis; Caldwell, Nelson; Cargile, Phillip; Johnson, Benjamin D.; Chandra, Vedant; Speagle, Joshua S.; Ting, Yuan-Sen; Woody, Turner</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-08-28T04:00:00Z</t>
-[...10 lines deleted...]
-can be used to generate sanitized reviews that remain informative.</t>
+    <t>2022-07-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>The Astrophysical Journal</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>0004-637X</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Recent observations of the stellar halo have uncovered the debris of an ancient merger, Gaia–Sausage–Enceladus (GSE), estimated to have occurred ≳8 Gyr ago. Follow-up studies have associated GSE with a large-scale tilt in the stellar halo that links two well-known stellar overdensities in diagonally opposing octants of the Galaxy (the Hercules–Aquila Cloud and Virgo Overdensity; HAC and VOD). In this paper, we study the plausibility of such unmixed merger debris persisting over several gigayears in the Galactic halo. We employ the simulated stellar halo from Naidu et al., which reproduces several key properties of the merger remnant, including the large-scale tilt. By integrating the orbits of these simulated stellar halo particles, we show that adoption of a spherical halo potential results in rapid phase mixing of the asymmetry. However, adopting a tilted halo potential preserves the initial asymmetry in the stellar halo for many gigayears. The asymmetry is preserved even when a realistic growing disk is added to the potential. These results suggest that HAC and VOD are long-lived structures that are associated with GSE and that the dark matter halo of the Galaxy is tilted with respect to the disk and aligned in the direction of HAC–VOD. Such halo–disk misalignment is common in modern cosmological simulations. Lastly, we study the relationship between the local and global stellar halo in light of a tilted global halo comprised of highly radial orbits. We find that the local halo offers a dynamically biased view of the global halo due to its displacement from the Galactic center.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1914486</t>
-[...11 lines deleted...]
-    <t>Sydney, Australia</t>
+    <t>1812461</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>AAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -292,86 +296,90 @@
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" s="0"/>
-[...1 lines deleted...]
-      <c r="J2" s="0"/>
+      <c r="H2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>