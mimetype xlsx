--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,50 +105,56 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10595782</t>
   </si>
   <si>
     <t>https://doi.org/10.1002/smtd.202500499</t>
   </si>
   <si>
     <t>StableTi &lt;sub&gt;3&lt;/sub&gt; C &lt;sub&gt;2&lt;/sub&gt; T &lt;i&gt;&lt;sub&gt;x&lt;/sub&gt;&lt;/i&gt; MXene Ink Formulation and High‐Resolution Aerosol Jet Printing for High‐Performance MXene Supercapacitors</t>
   </si>
   <si>
     <t>Kouchi, Fereshteh_Rajabi [Micron School of Materials Science and Engineering Boise State University  Boise ID 83725 USA]; Varghese, Tony_Valayil [Micron School of Materials Science and Engineering Boise State University  Boise ID 83725 USA] (ORCID:0000000232518395); Burgoyne, Hailey [Micron School of Materials Science and Engineering Boise State University  Boise ID 83725 USA]; Mansoor, Naqsh_E [Micron School of Materials Science and Engineering Boise State University  Boise ID 83725 USA]; Seol, Myeong‐Lok [NASA Ames Research Center Universities Space Research Association  Moffett Field CA 94035 USA]; McKibben, Nicholas [Micron School of Materials Science and Engineering Boise State University  Boise ID 83725 USA]; Nirantar, Shruti [Micron School of Materials Science and Engineering Boise State University  Boise ID 83725 USA, NASA Ames Research Center Universities Space Research Association  Moffett Field CA 94035 USA, School of Engineering RMIT University  Melbourne VIC 3001 Australia]; Chinnathambi, Karthik [Micron School of Materials Science and Engineering Boise State University  Boise ID 83725 USA]; Eixenberger, Josh [Departmentof Physics Boise State University  Boise ID 83725 USA, Center for Advanced Energy Studies Boise State University  Boise ID 83725 USA]; Maryon, Olivia [Micron School of Materials Science and Engineering Boise State University  Boise ID 83725 USA]; Shuck, Christopher_E [A.J. Drexel Nanomaterials Institute and Department of Materials Science and Engineering Drexel University  Philadelphia PA 19104 USA, Department of Chemistry and Chemical Biology Rutgers University  Piscataway NJ 08854 USA]; Gogotsi, Yury [A.J. Drexel Nanomaterials Institute and Department of Materials Science and Engineering Drexel University  Philadelphia PA 19104 USA]; Koehne, Jessica_E [NASA Ames Research Center Universities Space Research Association  Moffett Field CA 94035 USA]; Estrada, David [Micron School of Materials Science and Engineering Boise State University  Boise ID 83725 USA, Center for Advanced Energy Studies Boise State University  Boise ID 83725 USA, Idaho National Laboratory  Idaho Falls ID 83415 USA] (ORCID:0000000158940773)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-28T04:00:00Z</t>
   </si>
   <si>
     <t>Small Methods</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>11</t>
   </si>
   <si>
     <t>2366-9608</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Lightweight energy storage devices are essential for developing compact wearable and distributed electronics, and additive manufacturing offers a scalable, low‐cost approach to fabricating such devices with complex geometries. However, additive manufacturing of high‐performance, on‐demand energy storage devices remains challenging due to the need for stable, multifunctional nanomaterial inks. Herein, the development of 2‐dimensional (2D) titanium carbide (Ti&lt;sub&gt;3&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;T&lt;italic&gt;&lt;sub&gt;x&lt;/sub&gt;&lt;/italic&gt;MXene) ink that is compatible with aerosol jet printing for energy storage applications is demonstrated. The developed MXene ink demonstrates long‐term chemical and physical stability, ensuring consistent printability and achieving high‐resolution prints (≈45 µm width lines) with minimal overspray. The high‐resolution aerosol‐jet printed MXene supercapacitor achieves an areal capacitance of 122 mF cm&lt;sup&gt;−2&lt;/sup&gt;and a volumetric capacitance of 611 F cm&lt;sup&gt;−3&lt;/sup&gt;, placing them among the highest‐performing printed supercapacitors reported to date. These findings highlight the potential of aerosol jet printing with MXene inks for on‐demand, scalable, and cost‐effective fabrication of printed electronic and electrochemical devices.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2113873</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
@@ -291,81 +297,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>