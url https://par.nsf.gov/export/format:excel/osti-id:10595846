--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10595846</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v39i18.34052</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Metric-Agnostic Continual Learning for Sustainable Group Fairness</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lian, Heng; Zhao, Chen; Chen, Zhong; Zhu, Xingquan; Thai, My T; He, Yi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>18648 to 18657</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Group Fairness-aware Continual Learning (GFCL) aims to eradicate discriminatory predictions against certain demographic groups in a sequence of diverse learning tasks.This paper explores an even more challenging GFCL problem – how to sustain a fair classifier across a sequence of tasks with covariate shifts and unlabeled data. We propose the MacFRL solution, with its key idea to optimizethe sequence of learning tasks. We hypothesize that high-confident learning can be enabled in the optimized task sequence, where the classifier learns from a set of prioritized tasks to glean knowledge, thereby becoming more capable to handle the tasks with substantial distribution shifts that were originally deferred. Theoretical and empirical studies substantiate that MacFRL excels among its GFCL competitors in terms of prediction accuracy and group fair-ness metrics.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2446522; 2441449; 2236578; 2123809</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>