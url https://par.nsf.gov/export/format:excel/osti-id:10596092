--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,82 +86,100 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10596092</t>
+    <t>10429345</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1088/2632-2153/ace30a</t>
+  </si>
+  <si>
+    <t>Magnetohydrodynamics with physics informed neural operators</t>
+  </si>
+  <si>
+    <t>Rosofsky, Shawn G. (ORCID:000000023319576X); Huerta, E. A. (ORCID:0000000296823604)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Correlational Lagrangian Schrödinger Bridge: Learning Dynamics with Population-Level Regularization</t>
-[...9 lines deleted...]
-opinion depolarization.</t>
+    <t>2023-07-06T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Machine Learning: Science and Technology</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Article No. 035002</t>
+  </si>
+  <si>
+    <t>2632-2153</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;The modeling of multi-scale and multi-physics complex systems typically involves the use of scientific software that can optimally leverage extreme scale computing. Despite major developments in recent years, these simulations continue to be computationally intensive and time consuming. Here we explore the use of AI to accelerate the modeling of complex systems at a fraction of the computational cost of classical methods, and present the first application of physics informed neural operators (NOs) (PINOs) to model 2D incompressible magnetohydrodynamics (MHD) simulations. Our AI models incorporate tensor Fourier NOs as their backbone, which we implemented with the&lt;monospace&gt;TensorLY&lt;/monospace&gt;package. Our results indicate that PINOs can accurately capture the physics of MHD simulations that describe laminar flows with Reynolds numbers&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mrow&gt;&lt;mtext&gt;Re&lt;/mtext&gt;&lt;mo&gt;⩽&lt;/mo&gt;&lt;mn&gt;250&lt;/mn&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;inline-graphic href='mlstace30aieqn1.gif' type='simple'/&gt;&lt;/inline-formula&gt;. We also explore the applicability of our AI surrogates for turbulent flows, and discuss a variety of methodologies that may be incorporated in future work to create AI models that provide a computationally efficient and high fidelity description of MHD simulations for a broad range of Reynolds numbers. The scientific software developed in this project is released with this manuscript.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1943008</t>
-[...8 lines deleted...]
-    <t>NeurIPS 2024 Workshop on AI for New Drug Modalities (AIDrugX)</t>
+    <t>1931561</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>IOP Publishing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -271,88 +289,98 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
-[...5 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="H2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>