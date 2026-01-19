--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-02-01T05:00:00Z</t>
   </si>
   <si>
     <t>Physical Review C</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2469-9985</t>
   </si>
   <si>
     <t>&lt;p&gt;Measurements of the polarization observables&lt;math&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;Σ&lt;/mi&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;mi mathvariant='bold'&gt;P&lt;/mi&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;mi mathvariant='bold'&gt;T&lt;/mi&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;msub&gt;&lt;mi mathvariant='bold'&gt;O&lt;/mi&gt;&lt;mi mathvariant='bold'&gt;x&lt;/mi&gt;&lt;/msub&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;msub&gt;&lt;mi mathvariant='bold'&gt;O&lt;/mi&gt;&lt;mi mathvariant='bold'&gt;z&lt;/mi&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/math&gt;for the reaction&lt;math&gt;&lt;mrow&gt;&lt;mover accent='true'&gt;&lt;mi&gt;γ&lt;/mi&gt;&lt;mo&gt;⃗&lt;/mo&gt;&lt;/mover&gt;&lt;mi&gt;p&lt;/mi&gt;&lt;mo&gt;→&lt;/mo&gt;&lt;msubsup&gt;&lt;mi&gt;K&lt;/mi&gt;&lt;mrow&gt;&lt;mi&gt;S&lt;/mi&gt;&lt;/mrow&gt;&lt;mn&gt;0&lt;/mn&gt;&lt;/msubsup&gt;&lt;msup&gt;&lt;mi mathvariant='normal'&gt;Σ&lt;/mi&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;/msup&gt;&lt;/mrow&gt;&lt;/math&gt;using a linearly polarized photon beam of energy 1.1 to 2.1 GeV are reported.&lt;/p&gt; &lt;p&gt;The measured data provide information on a channel that has not been studied extensively, but is required for a full coupled-channel analysis in the nucleon resonance region.&lt;/p&gt; &lt;p&gt;Observables have been simultaneously extracted using likelihood sampling with a Markov-Chain Monte Carlo process.&lt;/p&gt; &lt;p&gt;Angular distributions in bins of photon energy&lt;math&gt;&lt;msub&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;mi&gt;γ&lt;/mi&gt;&lt;/msub&gt;&lt;/math&gt;are produced for each polarization observable.&lt;math&gt;&lt;mrow&gt;&lt;mi mathvariant='bold'&gt;T&lt;/mi&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;msub&gt;&lt;mi mathvariant='bold'&gt;O&lt;/mi&gt;&lt;mi mathvariant='bold'&gt;x&lt;/mi&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/math&gt;, and&lt;math&gt;&lt;msub&gt;&lt;mi mathvariant='bold'&gt;O&lt;/mi&gt;&lt;mi mathvariant='bold'&gt;z&lt;/mi&gt;&lt;/msub&gt;&lt;/math&gt;are first time measurements of these observables in this reaction. The extraction of&lt;math&gt;&lt;mi mathvariant='normal'&gt;Σ&lt;/mi&gt;&lt;/math&gt;extends the energy range beyond a previous measurement. The measurement of&lt;math&gt;&lt;mi mathvariant='bold'&gt;P&lt;/mi&gt;&lt;/math&gt;, the recoil polarization, is consistent with previous measurements.&lt;/p&gt; &lt;p&gt;The measured data are shown to be significant enough to affect the estimation of the nucleon resonance parameters when fitted within a coupled-channels model.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2025&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2209421; 2310067; 2412777; 1714008; 2415038</t>
+    <t>2209421; 2310067; 2412777; 1714008; 2415038; 2111050</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Physical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>